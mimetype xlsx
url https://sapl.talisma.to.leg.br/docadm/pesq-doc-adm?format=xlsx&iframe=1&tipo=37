--- v0 (2025-10-28)
+++ v1 (2026-02-04)
@@ -63,51 +63,51 @@
   <si>
     <t>ASTR</t>
   </si>
   <si>
     <t>Acordos Sem Transferências de Recursos</t>
   </si>
   <si>
     <t>Inexistência de acordos firmados que não envolvam transferência de recursos financeiros, nos anos de 2021, 2022, 2023 e 2024.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Inexistência de acordos firmados que não envolvam transferência de recursos financeiros, no ano de 2025</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Acordo firmado que não envolve transferência de recursos financeiros 2025.</t>
+    <t>Acordos firmados que não envolvam transferência de recursos financeiros no ano de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>