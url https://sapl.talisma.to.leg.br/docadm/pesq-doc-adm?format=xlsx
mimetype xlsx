--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4692" uniqueCount="1696">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4956" uniqueCount="1741">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
@@ -4477,51 +4477,60 @@
   <si>
     <t>729</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>Contratação da empresa Damasceno Abreu Informática Ltda - ME, CNPJ: 09.530.900/0001-15, para cessão de direito de uso de sistemas de informática para a Câmara Municipal de Talismã/TO, abrangendo as áreas: folha de pagamento, almoxarifado/compras, gerenciador financeiro, contabilidade geral, contracheque online, controle de patrimônio e Portal da Transparência. Período: Janeiro a Dezembro de 2025. Valor total de R$ 24.600,00 (vinte e quatro mil e seiscentos reais).</t>
   </si>
   <si>
     <t>PAUTA Nº 02/2025 DA COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>Pauta 2/2025 da CESAS</t>
   </si>
   <si>
     <t>Inexistência de concursos ou seleções públicas no ano de 2025.</t>
   </si>
   <si>
     <t>Inexistência de obras paralisadas no âmbito desta Casa, no ano de 2025.</t>
   </si>
   <si>
     <t>Inexistência de realização de obras de reforma ou ampliação no ano de 2025.</t>
   </si>
   <si>
-    <t>Acordo firmado que não envolve transferência de recursos financeiros 2025.</t>
+    <t>Acordos firmados que não envolvam transferência de recursos financeiros no ano de 2025.</t>
+  </si>
+  <si>
+    <t>CALENDÁRIO DAS SESSÕES PARA O MES DE MARÇO DE 2025</t>
+  </si>
+  <si>
+    <t>CONCEDE LICENÇA-PRÊMIO A SERVIDOR PÚBLICO DO PODER LEGISLATIVO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS”</t>
+  </si>
+  <si>
+    <t>VOTAÇÃO DAS CONTAS CONSOLIDADAS DO MUNICÍPIO DE TALISMÃ -TO 2021</t>
   </si>
   <si>
     <t>ATA DA SEGUNDA SESSÃO DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA TERCEIRA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>PAUTA DA TERCEIRA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>PAUTA DO DIA18 DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>662</t>
   </si>
@@ -4555,197 +4564,209 @@
   <si>
     <t>612</t>
   </si>
   <si>
     <t>ATA DA TERCEIRA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA QUARTA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>PAUTA NÚMERO 04/2025 DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>Inexistência de adesões a Atas de Registro de Preços (Atas de Adesão - SRP), no ano de 2025.</t>
   </si>
   <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>Contratação da empresa PROINFO - Informática e Tecnologia, CNPJ: 18.446.097/0001-26, para prestação de serviços profissionais de manutenção, configuração, atualização e suporte técnico do site institucional da Câmara Municipal de Talismã/TO, e instrução aos servidores referente ao uso e operação de sistema. Período: Janeiro a Dezembro de 2025. Valor total de R$ 13.224,00 (treze mil, duzentos e vinte e quatro reais).</t>
+  </si>
+  <si>
+    <t>Pauta 4/2025 da CESAS</t>
+  </si>
+  <si>
+    <t>CALENDÁRIO DAS SESSÕES PARA O MES DE MAIO DE 2025</t>
+  </si>
+  <si>
+    <t>618</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA QUINTA SESSÃO ORDINÁRIA DO MES DE FEVERIRO DE 2025</t>
+  </si>
+  <si>
+    <t>620</t>
+  </si>
+  <si>
+    <t>PAUTA DA QUINTA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO</t>
+  </si>
+  <si>
+    <t>647</t>
+  </si>
+  <si>
+    <t>ATA DA QUINTA SESSÃO DO MES DE FEVEREIRO DE 2025</t>
+  </si>
+  <si>
+    <t>695</t>
+  </si>
+  <si>
+    <t>PAUTA DE Nº 05/2025 DA COMISSÃO DE LEGISLAÇÃO , JUSTIÇA E REDAÇÃO FINAL</t>
+  </si>
+  <si>
+    <t>717</t>
+  </si>
+  <si>
+    <t>Inexistência de licitantes e/ou contratados sancionados administrativamente, no ano de 2025.</t>
+  </si>
+  <si>
     <t>734</t>
   </si>
   <si>
     <t>CALENDÁRIO DAS SESSÕES PARA O MES DE JUNHO DE 2025</t>
   </si>
   <si>
-    <t>741</t>
-[...40 lines deleted...]
-  <si>
     <t>743</t>
   </si>
   <si>
+    <t>AUTORIZA PAGAMENTO DE QUINQUÊNIO ATRAZADO A SERVIDOR QUE ESPECIFICA</t>
+  </si>
+  <si>
+    <t>644</t>
+  </si>
+  <si>
+    <t>PAUTA DA PRIMEIRA SESSÃO DO MES DE MARÇO DE 2025</t>
+  </si>
+  <si>
+    <t>645</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA PRIMEIRA SESSÃO DO MES DE MARÇO</t>
+  </si>
+  <si>
+    <t>648</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
     <t>CALENDÁRIO DAS SESSÕES PARA O MÊS DE AGOSTO DE 2025</t>
   </si>
   <si>
-    <t>644</t>
-[...19 lines deleted...]
-  <si>
     <t>Pauta nº 07 da comissão de legislação Justiça e Redação Final</t>
   </si>
   <si>
+    <t>649</t>
+  </si>
+  <si>
+    <t>PAUTA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2024</t>
+  </si>
+  <si>
+    <t>653</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA SEGUNDA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
+  </si>
+  <si>
+    <t>655</t>
+  </si>
+  <si>
+    <t>ATA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
+  </si>
+  <si>
     <t>CALENDÁRIO AS SESSÕES PARA O MES DE SETEMBRO DE 2025</t>
   </si>
   <si>
-    <t>649</t>
-[...16 lines deleted...]
-  <si>
     <t>PAUTA 07 DA COMISSÃO DELEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>PAUTA DA TERCEIRA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA TERCEIRA SESSÃO DO MES DE MARÇO</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>ATA DA TERCEIRA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>PAUTA 07 -A DA COMISSÃO DELEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
+    <t>CALENDARIO DAS SESSÕES PARA O MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
     <t>657</t>
   </si>
   <si>
     <t>PAUTA DA QUARTA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA QUARTA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>ATA DA QUARTA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>Regulamenta a aplicação da Lei Federal nº 13.709/2018 (Lei Geral de Proteção de Dados Pessoais - LGPD), no âmbito da Câmara Municipal de Talismã/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>PAUTA 09 DA COMISSÃO DELEGISLAÇÃO JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
+    <t>CALENDÁRIO DAS SESSÕES PARA O MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
     <t>661</t>
   </si>
   <si>
     <t>PAUTA DA QUINTA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA QUINTA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>ATA DA QUINTA SESSÃO ORDINÁRIA DO MES DE MARÇO DE 2025</t>
   </si>
   <si>
     <t>Institui a Política de Privacidade e Proteção de Dados, no âmbito da Câmara Municipal de Talismã/TO, e dá outras providências.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>Inexistência de cotas para exercício da atividade parlamentar/verba indenizatória no ano de 2025.</t>
@@ -5083,66 +5104,180 @@
   <si>
     <t>PAUTA DA QUARTA SESSÃO ORDINÁRIA DE MES DE SETEMBRO DE 2025</t>
   </si>
   <si>
     <t>ATA DA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE SETEMBRO DE 2025</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA QUARTA SESSÃO ORDINÁRIA DO MES DE SETEMBRO DE 2025</t>
   </si>
   <si>
     <t>PAUTA DA QUINTA SESSÃO ORDINÁRIA DO MES DE SETEMBRO DE 2025</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA QUINTA SESSÃO ORDINARIA DO MES DE SETEMBRO DE 2025</t>
   </si>
   <si>
     <t>ATA DA QUINTA SESSÃO REALIZADA NO MES DE SETEMBRO DE 2025</t>
   </si>
   <si>
     <t>PAUTA DA PRIMEIRA SESSÃO ORDINÁRIA  REALIZADA NO MES DE OUTUBRO DE 2025</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA PRIMEIRA SESSÃO ORDINÁRIA DO MES DE OUTUBRO DE 2025</t>
   </si>
   <si>
-    <t>Ata segunda sessão ordinária do mes de outubro de 2025</t>
+    <t>Ata PRIMEIRA sessão ordinária do mes de outubro de 2025</t>
   </si>
   <si>
     <t>PAUTA DA TERCEIRA SESSÃO DO MES DE OUTUBRO 2025</t>
   </si>
   <si>
     <t>lista de presença na segunda sessão do mes de outubro de 2025</t>
   </si>
   <si>
-    <t>ATA DA QUARTA SESSÃO ORDINÁRIA DO MES DE OUTUBRO DE 2023</t>
+    <t>PAUTA DA QUINTA SESSÃO ORDINÁRIA DO MES DE OUTUBRO DE 2025</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA TERCEIRA SESSÃO ORDINÁRIA DO MES DE OUTUBRO DE 2025</t>
   </si>
   <si>
+    <t>ATA DA TERCEIRA SESSÃO DO MES DE OUTUBRO DE 2020</t>
+  </si>
+  <si>
+    <t>PAUTA DA SEGUNDA SESSÃO DO MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
     <t>LISTA DE PRESENÇA NA QURTA SESSÃO ORDINÁRIA REALIZADA NO MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA QUARTA SESSÃO ORDINÁRI DO MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA QUARTA SESSÃO DO MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA QUINTA SESSÃO ORDINÁRIA DO MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA SEGUNDA SESSÃO DO MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA PRIMEIRA SESSÃO DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA TERCEIRA SESSÃO DO MES DE SETEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA PRIMEIRA SESSÃO DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA SEGUNDA SESSÃO ORDINÁRI DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA QUARTA SESSÃO REALIZADA NO MES DE SETEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>Lista de presença na segunda sessão do mês de novembro de 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA TERCEIRA SESSÃO DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA SESSÃO DO MES DE AGOSTO DE 2025</t>
+  </si>
+  <si>
+    <t>LIATA DE PRESENÇA NA SEGUNDA SESSÃO ORDINÁRIA SO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA QUARTA SESSÃO ORDINNÁRIIA DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA QUINTA SESSÃO ORDINÁRIA DO MES AGOSTO DE 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA TERCEIRA SESSÃO ORDINÁRIA DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA QUARTA SESSÃO ORDINÁRIA REALIZADA NO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ÃTA DA QUINTA SESSÃO ORDINÁRIA DO MES DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA QUARTA SESSÃO ORDINÁRIA REALIZADA NO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA QUINTA SESSÃO DP MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA SESSÃO ORDINÁRIA DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA QUINTA SESSÃO ORDINÁRIA DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA PRIMEIRA SESSÃO ORDINARIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA SEGUNDA SESSÃ ORDINÁRIA DO MES DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇÃ NA PRIMEIRA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ata da terceira sessão do mês de novembro de 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA SEGUNDA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA TERCEIRA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA QUARTA SESSÃO DO MÊS DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>PAUTA DA QUARTA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA QUARTA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA PRIMEIRA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>ATA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>ATA DA QUARTA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5434,51 +5569,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F782"/>
+  <dimension ref="A1:F826"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -18370,2766 +18505,3646 @@
         <v>1487</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
         <v>799</v>
       </c>
       <c r="B646" t="s">
         <v>1412</v>
       </c>
       <c r="C646" t="s">
         <v>33</v>
       </c>
       <c r="D646" t="s">
         <v>960</v>
       </c>
       <c r="E646" t="s">
         <v>961</v>
       </c>
       <c r="F646" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>99</v>
+        <v>826</v>
       </c>
       <c r="B647" t="s">
         <v>1412</v>
       </c>
       <c r="C647" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D647" t="s">
-        <v>326</v>
+        <v>247</v>
       </c>
       <c r="E647" t="s">
-        <v>327</v>
+        <v>248</v>
       </c>
       <c r="F647" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C648" t="s">
+        <v>33</v>
+      </c>
+      <c r="D648" t="s">
+        <v>125</v>
+      </c>
+      <c r="E648" t="s">
+        <v>126</v>
+      </c>
+      <c r="F648" t="s">
         <v>1490</v>
-      </c>
-[...13 lines deleted...]
-        <v>1491</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>1492</v>
+        <v>1268</v>
       </c>
       <c r="B649" t="s">
         <v>1412</v>
       </c>
       <c r="C649" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D649" t="s">
-        <v>243</v>
+        <v>523</v>
       </c>
       <c r="E649" t="s">
-        <v>244</v>
+        <v>524</v>
       </c>
       <c r="F649" t="s">
-        <v>1493</v>
+        <v>1491</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>1494</v>
+        <v>99</v>
       </c>
       <c r="B650" t="s">
         <v>1412</v>
       </c>
       <c r="C650" t="s">
         <v>38</v>
       </c>
       <c r="D650" t="s">
-        <v>968</v>
+        <v>326</v>
       </c>
       <c r="E650" t="s">
-        <v>969</v>
+        <v>327</v>
       </c>
       <c r="F650" t="s">
-        <v>1495</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>1496</v>
+        <v>1493</v>
       </c>
       <c r="B651" t="s">
         <v>1412</v>
       </c>
       <c r="C651" t="s">
         <v>38</v>
       </c>
       <c r="D651" t="s">
-        <v>247</v>
+        <v>195</v>
       </c>
       <c r="E651" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="F651" t="s">
-        <v>1497</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>1498</v>
+        <v>1495</v>
       </c>
       <c r="B652" t="s">
         <v>1412</v>
       </c>
       <c r="C652" t="s">
         <v>38</v>
       </c>
       <c r="D652" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="E652" t="s">
-        <v>20</v>
+        <v>244</v>
       </c>
       <c r="F652" t="s">
-        <v>1458</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="B653" t="s">
         <v>1412</v>
       </c>
       <c r="C653" t="s">
         <v>38</v>
       </c>
       <c r="D653" t="s">
-        <v>23</v>
+        <v>968</v>
       </c>
       <c r="E653" t="s">
-        <v>24</v>
+        <v>969</v>
       </c>
       <c r="F653" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>348</v>
+        <v>1499</v>
       </c>
       <c r="B654" t="s">
         <v>1412</v>
       </c>
       <c r="C654" t="s">
         <v>38</v>
       </c>
       <c r="D654" t="s">
-        <v>976</v>
+        <v>247</v>
       </c>
       <c r="E654" t="s">
-        <v>977</v>
+        <v>248</v>
       </c>
       <c r="F654" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>408</v>
+        <v>1501</v>
       </c>
       <c r="B655" t="s">
         <v>1412</v>
       </c>
       <c r="C655" t="s">
         <v>38</v>
       </c>
       <c r="D655" t="s">
-        <v>972</v>
+        <v>19</v>
       </c>
       <c r="E655" t="s">
-        <v>973</v>
+        <v>20</v>
       </c>
       <c r="F655" t="s">
-        <v>1502</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
-        <v>435</v>
+        <v>1502</v>
       </c>
       <c r="B656" t="s">
         <v>1412</v>
       </c>
       <c r="C656" t="s">
         <v>38</v>
       </c>
       <c r="D656" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="E656" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="F656" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
+        <v>348</v>
+      </c>
+      <c r="B657" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C657" t="s">
+        <v>38</v>
+      </c>
+      <c r="D657" t="s">
+        <v>976</v>
+      </c>
+      <c r="E657" t="s">
+        <v>977</v>
+      </c>
+      <c r="F657" t="s">
         <v>1504</v>
-      </c>
-[...13 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>1506</v>
+        <v>408</v>
       </c>
       <c r="B658" t="s">
         <v>1412</v>
       </c>
       <c r="C658" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D658" t="s">
-        <v>326</v>
+        <v>972</v>
       </c>
       <c r="E658" t="s">
-        <v>327</v>
+        <v>973</v>
       </c>
       <c r="F658" t="s">
-        <v>1507</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>1508</v>
+        <v>435</v>
       </c>
       <c r="B659" t="s">
         <v>1412</v>
       </c>
       <c r="C659" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D659" t="s">
-        <v>195</v>
+        <v>135</v>
       </c>
       <c r="E659" t="s">
-        <v>196</v>
+        <v>136</v>
       </c>
       <c r="F659" t="s">
-        <v>1509</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
-        <v>1510</v>
+        <v>1507</v>
       </c>
       <c r="B660" t="s">
         <v>1412</v>
       </c>
       <c r="C660" t="s">
         <v>43</v>
       </c>
       <c r="D660" t="s">
-        <v>968</v>
+        <v>243</v>
       </c>
       <c r="E660" t="s">
-        <v>969</v>
+        <v>244</v>
       </c>
       <c r="F660" t="s">
-        <v>1511</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
       <c r="B661" t="s">
         <v>1412</v>
       </c>
       <c r="C661" t="s">
         <v>43</v>
       </c>
       <c r="D661" t="s">
-        <v>511</v>
+        <v>326</v>
       </c>
       <c r="E661" t="s">
-        <v>512</v>
+        <v>327</v>
       </c>
       <c r="F661" t="s">
-        <v>1513</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>1514</v>
+        <v>1511</v>
       </c>
       <c r="B662" t="s">
         <v>1412</v>
       </c>
       <c r="C662" t="s">
         <v>43</v>
       </c>
       <c r="D662" t="s">
-        <v>247</v>
+        <v>195</v>
       </c>
       <c r="E662" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="F662" t="s">
-        <v>1515</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>1516</v>
+        <v>1513</v>
       </c>
       <c r="B663" t="s">
         <v>1412</v>
       </c>
       <c r="C663" t="s">
         <v>43</v>
       </c>
       <c r="D663" t="s">
-        <v>19</v>
+        <v>968</v>
       </c>
       <c r="E663" t="s">
-        <v>20</v>
+        <v>969</v>
       </c>
       <c r="F663" t="s">
-        <v>1482</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
       <c r="B664" t="s">
         <v>1412</v>
       </c>
       <c r="C664" t="s">
         <v>43</v>
       </c>
       <c r="D664" t="s">
-        <v>23</v>
+        <v>511</v>
       </c>
       <c r="E664" t="s">
-        <v>24</v>
+        <v>512</v>
       </c>
       <c r="F664" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>411</v>
+        <v>1517</v>
       </c>
       <c r="B665" t="s">
         <v>1412</v>
       </c>
       <c r="C665" t="s">
         <v>43</v>
       </c>
       <c r="D665" t="s">
-        <v>972</v>
+        <v>19</v>
       </c>
       <c r="E665" t="s">
-        <v>973</v>
+        <v>20</v>
       </c>
       <c r="F665" t="s">
-        <v>1519</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>438</v>
+        <v>1518</v>
       </c>
       <c r="B666" t="s">
         <v>1412</v>
       </c>
       <c r="C666" t="s">
         <v>43</v>
       </c>
       <c r="D666" t="s">
-        <v>135</v>
+        <v>23</v>
       </c>
       <c r="E666" t="s">
-        <v>136</v>
+        <v>24</v>
       </c>
       <c r="F666" t="s">
-        <v>1503</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
+        <v>411</v>
+      </c>
+      <c r="B667" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C667" t="s">
+        <v>43</v>
+      </c>
+      <c r="D667" t="s">
+        <v>972</v>
+      </c>
+      <c r="E667" t="s">
+        <v>973</v>
+      </c>
+      <c r="F667" t="s">
         <v>1520</v>
-      </c>
-[...13 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>1522</v>
+        <v>438</v>
       </c>
       <c r="B668" t="s">
         <v>1412</v>
       </c>
       <c r="C668" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D668" t="s">
-        <v>243</v>
+        <v>135</v>
       </c>
       <c r="E668" t="s">
-        <v>244</v>
+        <v>136</v>
       </c>
       <c r="F668" t="s">
-        <v>1523</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>1524</v>
+        <v>823</v>
       </c>
       <c r="B669" t="s">
         <v>1412</v>
       </c>
       <c r="C669" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D669" t="s">
-        <v>326</v>
+        <v>247</v>
       </c>
       <c r="E669" t="s">
-        <v>327</v>
+        <v>248</v>
       </c>
       <c r="F669" t="s">
-        <v>1525</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="B670" t="s">
         <v>1412</v>
       </c>
       <c r="C670" t="s">
         <v>46</v>
       </c>
       <c r="D670" t="s">
-        <v>968</v>
+        <v>195</v>
       </c>
       <c r="E670" t="s">
-        <v>969</v>
+        <v>196</v>
       </c>
       <c r="F670" t="s">
-        <v>1527</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
-        <v>1528</v>
+        <v>1524</v>
       </c>
       <c r="B671" t="s">
         <v>1412</v>
       </c>
       <c r="C671" t="s">
         <v>46</v>
       </c>
       <c r="D671" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="E671" t="s">
-        <v>512</v>
+        <v>244</v>
       </c>
       <c r="F671" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
       <c r="B672" t="s">
         <v>1412</v>
       </c>
       <c r="C672" t="s">
         <v>46</v>
       </c>
       <c r="D672" t="s">
-        <v>19</v>
+        <v>326</v>
       </c>
       <c r="E672" t="s">
-        <v>20</v>
+        <v>327</v>
       </c>
       <c r="F672" t="s">
-        <v>1500</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>221</v>
+        <v>1528</v>
       </c>
       <c r="B673" t="s">
         <v>1412</v>
       </c>
       <c r="C673" t="s">
         <v>46</v>
       </c>
       <c r="D673" t="s">
-        <v>247</v>
+        <v>968</v>
       </c>
       <c r="E673" t="s">
-        <v>248</v>
+        <v>969</v>
       </c>
       <c r="F673" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="B674" t="s">
         <v>1412</v>
       </c>
       <c r="C674" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D674" t="s">
-        <v>243</v>
+        <v>511</v>
       </c>
       <c r="E674" t="s">
-        <v>244</v>
+        <v>512</v>
       </c>
       <c r="F674" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="B675" t="s">
         <v>1412</v>
       </c>
       <c r="C675" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D675" t="s">
-        <v>195</v>
+        <v>247</v>
       </c>
       <c r="E675" t="s">
-        <v>196</v>
+        <v>248</v>
       </c>
       <c r="F675" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="B676" t="s">
         <v>1412</v>
       </c>
       <c r="C676" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D676" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="E676" t="s">
-        <v>327</v>
+        <v>20</v>
       </c>
       <c r="F676" t="s">
-        <v>1537</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>1538</v>
+        <v>895</v>
       </c>
       <c r="B677" t="s">
         <v>1412</v>
       </c>
       <c r="C677" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D677" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="E677" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="F677" t="s">
-        <v>1518</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>357</v>
+        <v>1536</v>
       </c>
       <c r="B678" t="s">
         <v>1412</v>
       </c>
       <c r="C678" t="s">
         <v>51</v>
       </c>
       <c r="D678" t="s">
-        <v>968</v>
+        <v>243</v>
       </c>
       <c r="E678" t="s">
-        <v>969</v>
+        <v>244</v>
       </c>
       <c r="F678" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>381</v>
+        <v>1538</v>
       </c>
       <c r="B679" t="s">
         <v>1412</v>
       </c>
       <c r="C679" t="s">
         <v>51</v>
       </c>
       <c r="D679" t="s">
-        <v>247</v>
+        <v>195</v>
       </c>
       <c r="E679" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="F679" t="s">
-        <v>1540</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B680" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C680" t="s">
+        <v>51</v>
+      </c>
+      <c r="D680" t="s">
+        <v>326</v>
+      </c>
+      <c r="E680" t="s">
+        <v>327</v>
+      </c>
+      <c r="F680" t="s">
         <v>1541</v>
-      </c>
-[...13 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="B681" t="s">
         <v>1412</v>
       </c>
       <c r="C681" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D681" t="s">
-        <v>195</v>
+        <v>19</v>
       </c>
       <c r="E681" t="s">
-        <v>196</v>
+        <v>20</v>
       </c>
       <c r="F681" t="s">
-        <v>1544</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>1545</v>
+        <v>221</v>
       </c>
       <c r="B682" t="s">
         <v>1412</v>
       </c>
       <c r="C682" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D682" t="s">
-        <v>326</v>
+        <v>247</v>
       </c>
       <c r="E682" t="s">
-        <v>327</v>
+        <v>248</v>
       </c>
       <c r="F682" t="s">
-        <v>1546</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>414</v>
+        <v>357</v>
       </c>
       <c r="B683" t="s">
         <v>1412</v>
       </c>
       <c r="C683" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D683" t="s">
         <v>968</v>
       </c>
       <c r="E683" t="s">
         <v>969</v>
       </c>
       <c r="F683" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
-        <v>1548</v>
+        <v>1545</v>
       </c>
       <c r="B684" t="s">
         <v>1412</v>
       </c>
       <c r="C684" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D684" t="s">
         <v>243</v>
       </c>
       <c r="E684" t="s">
         <v>244</v>
       </c>
       <c r="F684" t="s">
-        <v>1549</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
       <c r="B685" t="s">
         <v>1412</v>
       </c>
       <c r="C685" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D685" t="s">
         <v>195</v>
       </c>
       <c r="E685" t="s">
         <v>196</v>
       </c>
       <c r="F685" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>1552</v>
+        <v>1549</v>
       </c>
       <c r="B686" t="s">
         <v>1412</v>
       </c>
       <c r="C686" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D686" t="s">
         <v>326</v>
       </c>
       <c r="E686" t="s">
         <v>327</v>
       </c>
       <c r="F686" t="s">
-        <v>1553</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>417</v>
+        <v>381</v>
       </c>
       <c r="B687" t="s">
         <v>1412</v>
       </c>
       <c r="C687" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D687" t="s">
-        <v>968</v>
+        <v>247</v>
       </c>
       <c r="E687" t="s">
-        <v>969</v>
+        <v>248</v>
       </c>
       <c r="F687" t="s">
-        <v>1554</v>
+        <v>1551</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>1555</v>
+        <v>414</v>
       </c>
       <c r="B688" t="s">
         <v>1412</v>
       </c>
       <c r="C688" t="s">
-        <v>81</v>
+        <v>55</v>
       </c>
       <c r="D688" t="s">
-        <v>243</v>
+        <v>968</v>
       </c>
       <c r="E688" t="s">
-        <v>244</v>
+        <v>969</v>
       </c>
       <c r="F688" t="s">
-        <v>1556</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>121</v>
+        <v>1553</v>
       </c>
       <c r="B689" t="s">
         <v>1412</v>
       </c>
       <c r="C689" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D689" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E689" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F689" t="s">
-        <v>1557</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
       <c r="B690" t="s">
         <v>1412</v>
       </c>
       <c r="C690" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D690" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E690" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F690" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>1560</v>
+        <v>1557</v>
       </c>
       <c r="B691" t="s">
         <v>1412</v>
       </c>
       <c r="C691" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D691" t="s">
-        <v>129</v>
+        <v>326</v>
       </c>
       <c r="E691" t="s">
-        <v>130</v>
+        <v>327</v>
       </c>
       <c r="F691" t="s">
-        <v>1561</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="B692" t="s">
         <v>1412</v>
       </c>
       <c r="C692" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D692" t="s">
         <v>968</v>
       </c>
       <c r="E692" t="s">
         <v>969</v>
       </c>
       <c r="F692" t="s">
-        <v>1562</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>1563</v>
+        <v>820</v>
       </c>
       <c r="B693" t="s">
         <v>1412</v>
       </c>
       <c r="C693" t="s">
-        <v>85</v>
+        <v>176</v>
       </c>
       <c r="D693" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E693" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F693" t="s">
-        <v>1564</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>1565</v>
+        <v>1561</v>
       </c>
       <c r="B694" t="s">
         <v>1412</v>
       </c>
       <c r="C694" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D694" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E694" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F694" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>1567</v>
+        <v>121</v>
       </c>
       <c r="B695" t="s">
         <v>1412</v>
       </c>
       <c r="C695" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D695" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E695" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F695" t="s">
-        <v>1568</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>219</v>
+        <v>1564</v>
       </c>
       <c r="B696" t="s">
         <v>1412</v>
       </c>
       <c r="C696" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D696" t="s">
-        <v>129</v>
+        <v>326</v>
       </c>
       <c r="E696" t="s">
-        <v>130</v>
+        <v>327</v>
       </c>
       <c r="F696" t="s">
-        <v>1569</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>1570</v>
+        <v>1566</v>
       </c>
       <c r="B697" t="s">
         <v>1412</v>
       </c>
       <c r="C697" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D697" t="s">
-        <v>511</v>
+        <v>129</v>
       </c>
       <c r="E697" t="s">
-        <v>512</v>
+        <v>130</v>
       </c>
       <c r="F697" t="s">
-        <v>1571</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="B698" t="s">
         <v>1412</v>
       </c>
       <c r="C698" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D698" t="s">
         <v>968</v>
       </c>
       <c r="E698" t="s">
         <v>969</v>
       </c>
       <c r="F698" t="s">
-        <v>1572</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>1573</v>
+        <v>817</v>
       </c>
       <c r="B699" t="s">
         <v>1412</v>
       </c>
       <c r="C699" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="D699" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="E699" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="F699" t="s">
-        <v>1574</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>1575</v>
+        <v>1570</v>
       </c>
       <c r="B700" t="s">
         <v>1412</v>
       </c>
       <c r="C700" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D700" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E700" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F700" t="s">
-        <v>1576</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>1577</v>
+        <v>1572</v>
       </c>
       <c r="B701" t="s">
         <v>1412</v>
       </c>
       <c r="C701" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D701" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E701" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F701" t="s">
-        <v>1578</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>1579</v>
+        <v>1574</v>
       </c>
       <c r="B702" t="s">
         <v>1412</v>
       </c>
       <c r="C702" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D702" t="s">
-        <v>129</v>
+        <v>326</v>
       </c>
       <c r="E702" t="s">
-        <v>130</v>
+        <v>327</v>
       </c>
       <c r="F702" t="s">
-        <v>1580</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>1581</v>
+        <v>219</v>
       </c>
       <c r="B703" t="s">
         <v>1412</v>
       </c>
       <c r="C703" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D703" t="s">
-        <v>511</v>
+        <v>129</v>
       </c>
       <c r="E703" t="s">
-        <v>512</v>
+        <v>130</v>
       </c>
       <c r="F703" t="s">
-        <v>1582</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>1583</v>
+        <v>1577</v>
       </c>
       <c r="B704" t="s">
         <v>1412</v>
       </c>
       <c r="C704" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="D704" t="s">
-        <v>243</v>
+        <v>511</v>
       </c>
       <c r="E704" t="s">
-        <v>244</v>
+        <v>512</v>
       </c>
       <c r="F704" t="s">
-        <v>1584</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>1585</v>
+        <v>423</v>
       </c>
       <c r="B705" t="s">
         <v>1412</v>
       </c>
       <c r="C705" t="s">
-        <v>120</v>
+        <v>85</v>
       </c>
       <c r="D705" t="s">
-        <v>195</v>
+        <v>968</v>
       </c>
       <c r="E705" t="s">
-        <v>196</v>
+        <v>969</v>
       </c>
       <c r="F705" t="s">
-        <v>1586</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>1587</v>
+        <v>1580</v>
       </c>
       <c r="B706" t="s">
         <v>1412</v>
       </c>
       <c r="C706" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D706" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E706" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F706" t="s">
-        <v>1588</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>1589</v>
+        <v>1582</v>
       </c>
       <c r="B707" t="s">
         <v>1412</v>
       </c>
       <c r="C707" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D707" t="s">
-        <v>511</v>
+        <v>195</v>
       </c>
       <c r="E707" t="s">
-        <v>512</v>
+        <v>196</v>
       </c>
       <c r="F707" t="s">
-        <v>1590</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>1591</v>
+        <v>1584</v>
       </c>
       <c r="B708" t="s">
         <v>1412</v>
       </c>
       <c r="C708" t="s">
-        <v>185</v>
+        <v>98</v>
       </c>
       <c r="D708" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E708" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F708" t="s">
-        <v>1592</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>1593</v>
+        <v>1586</v>
       </c>
       <c r="B709" t="s">
         <v>1412</v>
       </c>
       <c r="C709" t="s">
-        <v>185</v>
+        <v>98</v>
       </c>
       <c r="D709" t="s">
-        <v>326</v>
+        <v>129</v>
       </c>
       <c r="E709" t="s">
-        <v>327</v>
+        <v>130</v>
       </c>
       <c r="F709" t="s">
-        <v>1594</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>1595</v>
+        <v>1588</v>
       </c>
       <c r="B710" t="s">
         <v>1412</v>
       </c>
       <c r="C710" t="s">
-        <v>185</v>
+        <v>98</v>
       </c>
       <c r="D710" t="s">
-        <v>243</v>
+        <v>511</v>
       </c>
       <c r="E710" t="s">
-        <v>244</v>
+        <v>512</v>
       </c>
       <c r="F710" t="s">
-        <v>1596</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>330</v>
+        <v>1590</v>
       </c>
       <c r="B711" t="s">
         <v>1412</v>
       </c>
       <c r="C711" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D711" t="s">
-        <v>129</v>
+        <v>243</v>
       </c>
       <c r="E711" t="s">
-        <v>130</v>
+        <v>244</v>
       </c>
       <c r="F711" t="s">
-        <v>1597</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>461</v>
+        <v>1592</v>
       </c>
       <c r="B712" t="s">
         <v>1412</v>
       </c>
       <c r="C712" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D712" t="s">
-        <v>511</v>
+        <v>195</v>
       </c>
       <c r="E712" t="s">
-        <v>512</v>
+        <v>196</v>
       </c>
       <c r="F712" t="s">
-        <v>1598</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>1599</v>
+        <v>1594</v>
       </c>
       <c r="B713" t="s">
         <v>1412</v>
       </c>
       <c r="C713" t="s">
-        <v>188</v>
+        <v>120</v>
       </c>
       <c r="D713" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E713" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F713" t="s">
-        <v>1600</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>1601</v>
+        <v>1596</v>
       </c>
       <c r="B714" t="s">
         <v>1412</v>
       </c>
       <c r="C714" t="s">
-        <v>188</v>
+        <v>120</v>
       </c>
       <c r="D714" t="s">
-        <v>195</v>
+        <v>511</v>
       </c>
       <c r="E714" t="s">
-        <v>196</v>
+        <v>512</v>
       </c>
       <c r="F714" t="s">
-        <v>1602</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>1603</v>
+        <v>1598</v>
       </c>
       <c r="B715" t="s">
         <v>1412</v>
       </c>
       <c r="C715" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D715" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E715" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F715" t="s">
-        <v>1604</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>464</v>
+        <v>1600</v>
       </c>
       <c r="B716" t="s">
         <v>1412</v>
       </c>
       <c r="C716" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D716" t="s">
-        <v>511</v>
+        <v>326</v>
       </c>
       <c r="E716" t="s">
-        <v>512</v>
+        <v>327</v>
       </c>
       <c r="F716" t="s">
-        <v>1477</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>1605</v>
+        <v>1602</v>
       </c>
       <c r="B717" t="s">
         <v>1412</v>
       </c>
       <c r="C717" t="s">
-        <v>323</v>
+        <v>185</v>
       </c>
       <c r="D717" t="s">
         <v>243</v>
       </c>
       <c r="E717" t="s">
         <v>244</v>
       </c>
       <c r="F717" t="s">
-        <v>1606</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>1607</v>
+        <v>330</v>
       </c>
       <c r="B718" t="s">
         <v>1412</v>
       </c>
       <c r="C718" t="s">
-        <v>323</v>
+        <v>185</v>
       </c>
       <c r="D718" t="s">
-        <v>195</v>
+        <v>129</v>
       </c>
       <c r="E718" t="s">
-        <v>196</v>
+        <v>130</v>
       </c>
       <c r="F718" t="s">
-        <v>1608</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>1609</v>
+        <v>461</v>
       </c>
       <c r="B719" t="s">
         <v>1412</v>
       </c>
       <c r="C719" t="s">
-        <v>323</v>
+        <v>185</v>
       </c>
       <c r="D719" t="s">
-        <v>326</v>
+        <v>511</v>
       </c>
       <c r="E719" t="s">
-        <v>327</v>
+        <v>512</v>
       </c>
       <c r="F719" t="s">
-        <v>1610</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>470</v>
+        <v>1606</v>
       </c>
       <c r="B720" t="s">
         <v>1412</v>
       </c>
       <c r="C720" t="s">
-        <v>323</v>
+        <v>188</v>
       </c>
       <c r="D720" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="E720" t="s">
-        <v>512</v>
+        <v>244</v>
       </c>
       <c r="F720" t="s">
-        <v>1513</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
       <c r="B721" t="s">
         <v>1412</v>
       </c>
       <c r="C721" t="s">
-        <v>484</v>
+        <v>188</v>
       </c>
       <c r="D721" t="s">
         <v>195</v>
       </c>
       <c r="E721" t="s">
         <v>196</v>
       </c>
       <c r="F721" t="s">
-        <v>1612</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>1613</v>
+        <v>1610</v>
       </c>
       <c r="B722" t="s">
         <v>1412</v>
       </c>
       <c r="C722" t="s">
-        <v>484</v>
+        <v>188</v>
       </c>
       <c r="D722" t="s">
         <v>326</v>
       </c>
       <c r="E722" t="s">
         <v>327</v>
       </c>
       <c r="F722" t="s">
-        <v>1614</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>1615</v>
+        <v>464</v>
       </c>
       <c r="B723" t="s">
         <v>1412</v>
       </c>
       <c r="C723" t="s">
-        <v>484</v>
+        <v>188</v>
       </c>
       <c r="D723" t="s">
-        <v>243</v>
+        <v>511</v>
       </c>
       <c r="E723" t="s">
-        <v>244</v>
+        <v>512</v>
       </c>
       <c r="F723" t="s">
-        <v>1616</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>473</v>
+        <v>1612</v>
       </c>
       <c r="B724" t="s">
         <v>1412</v>
       </c>
       <c r="C724" t="s">
-        <v>484</v>
+        <v>323</v>
       </c>
       <c r="D724" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="E724" t="s">
-        <v>512</v>
+        <v>244</v>
       </c>
       <c r="F724" t="s">
-        <v>1617</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>1618</v>
+        <v>1614</v>
       </c>
       <c r="B725" t="s">
         <v>1412</v>
       </c>
       <c r="C725" t="s">
-        <v>528</v>
+        <v>323</v>
       </c>
       <c r="D725" t="s">
         <v>195</v>
       </c>
       <c r="E725" t="s">
         <v>196</v>
       </c>
       <c r="F725" t="s">
-        <v>1619</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>1620</v>
+        <v>1616</v>
       </c>
       <c r="B726" t="s">
         <v>1412</v>
       </c>
       <c r="C726" t="s">
-        <v>528</v>
+        <v>323</v>
       </c>
       <c r="D726" t="s">
         <v>326</v>
       </c>
       <c r="E726" t="s">
         <v>327</v>
       </c>
       <c r="F726" t="s">
-        <v>1621</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>1622</v>
+        <v>470</v>
       </c>
       <c r="B727" t="s">
         <v>1412</v>
       </c>
       <c r="C727" t="s">
-        <v>528</v>
+        <v>323</v>
       </c>
       <c r="D727" t="s">
-        <v>243</v>
+        <v>511</v>
       </c>
       <c r="E727" t="s">
-        <v>244</v>
+        <v>512</v>
       </c>
       <c r="F727" t="s">
-        <v>1623</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>784</v>
+        <v>1618</v>
       </c>
       <c r="B728" t="s">
         <v>1412</v>
       </c>
       <c r="C728" t="s">
-        <v>528</v>
+        <v>484</v>
       </c>
       <c r="D728" t="s">
-        <v>511</v>
+        <v>195</v>
       </c>
       <c r="E728" t="s">
-        <v>512</v>
+        <v>196</v>
       </c>
       <c r="F728" t="s">
-        <v>1571</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>1624</v>
+        <v>1620</v>
       </c>
       <c r="B729" t="s">
         <v>1412</v>
       </c>
       <c r="C729" t="s">
-        <v>550</v>
+        <v>484</v>
       </c>
       <c r="D729" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E729" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F729" t="s">
-        <v>1625</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>1626</v>
+        <v>1622</v>
       </c>
       <c r="B730" t="s">
         <v>1412</v>
       </c>
       <c r="C730" t="s">
-        <v>550</v>
+        <v>484</v>
       </c>
       <c r="D730" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E730" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F730" t="s">
-        <v>1627</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>1628</v>
+        <v>473</v>
       </c>
       <c r="B731" t="s">
         <v>1412</v>
       </c>
       <c r="C731" t="s">
-        <v>550</v>
+        <v>484</v>
       </c>
       <c r="D731" t="s">
-        <v>243</v>
+        <v>511</v>
       </c>
       <c r="E731" t="s">
-        <v>244</v>
+        <v>512</v>
       </c>
       <c r="F731" t="s">
-        <v>1629</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>786</v>
+        <v>1625</v>
       </c>
       <c r="B732" t="s">
         <v>1412</v>
       </c>
       <c r="C732" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="D732" t="s">
-        <v>511</v>
+        <v>195</v>
       </c>
       <c r="E732" t="s">
-        <v>512</v>
+        <v>196</v>
       </c>
       <c r="F732" t="s">
-        <v>1630</v>
+        <v>1626</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>1631</v>
+        <v>1627</v>
       </c>
       <c r="B733" t="s">
         <v>1412</v>
       </c>
       <c r="C733" t="s">
-        <v>564</v>
+        <v>528</v>
       </c>
       <c r="D733" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E733" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F733" t="s">
-        <v>1632</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>1633</v>
+        <v>1629</v>
       </c>
       <c r="B734" t="s">
         <v>1412</v>
       </c>
       <c r="C734" t="s">
-        <v>564</v>
+        <v>528</v>
       </c>
       <c r="D734" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E734" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F734" t="s">
-        <v>1634</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>1635</v>
+        <v>784</v>
       </c>
       <c r="B735" t="s">
         <v>1412</v>
       </c>
       <c r="C735" t="s">
-        <v>564</v>
+        <v>528</v>
       </c>
       <c r="D735" t="s">
-        <v>195</v>
+        <v>511</v>
       </c>
       <c r="E735" t="s">
-        <v>196</v>
+        <v>512</v>
       </c>
       <c r="F735" t="s">
-        <v>1636</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>788</v>
+        <v>1631</v>
       </c>
       <c r="B736" t="s">
         <v>1412</v>
       </c>
       <c r="C736" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="D736" t="s">
-        <v>511</v>
+        <v>195</v>
       </c>
       <c r="E736" t="s">
-        <v>512</v>
+        <v>196</v>
       </c>
       <c r="F736" t="s">
-        <v>1637</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>1638</v>
+        <v>1633</v>
       </c>
       <c r="B737" t="s">
         <v>1412</v>
       </c>
       <c r="C737" t="s">
-        <v>486</v>
+        <v>550</v>
       </c>
       <c r="D737" t="s">
         <v>326</v>
       </c>
       <c r="E737" t="s">
         <v>327</v>
       </c>
       <c r="F737" t="s">
-        <v>1610</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>1639</v>
+        <v>1635</v>
       </c>
       <c r="B738" t="s">
         <v>1412</v>
       </c>
       <c r="C738" t="s">
-        <v>486</v>
+        <v>550</v>
       </c>
       <c r="D738" t="s">
         <v>243</v>
       </c>
       <c r="E738" t="s">
         <v>244</v>
       </c>
       <c r="F738" t="s">
-        <v>1640</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>1641</v>
+        <v>786</v>
       </c>
       <c r="B739" t="s">
         <v>1412</v>
       </c>
       <c r="C739" t="s">
-        <v>486</v>
+        <v>550</v>
       </c>
       <c r="D739" t="s">
-        <v>195</v>
+        <v>511</v>
       </c>
       <c r="E739" t="s">
-        <v>196</v>
+        <v>512</v>
       </c>
       <c r="F739" t="s">
-        <v>1642</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>1643</v>
+        <v>1638</v>
       </c>
       <c r="B740" t="s">
         <v>1412</v>
       </c>
       <c r="C740" t="s">
-        <v>530</v>
+        <v>564</v>
       </c>
       <c r="D740" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E740" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F740" t="s">
-        <v>1644</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>1645</v>
+        <v>1640</v>
       </c>
       <c r="B741" t="s">
         <v>1412</v>
       </c>
       <c r="C741" t="s">
-        <v>530</v>
+        <v>564</v>
       </c>
       <c r="D741" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E741" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F741" t="s">
-        <v>1646</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>1647</v>
+        <v>1642</v>
       </c>
       <c r="B742" t="s">
         <v>1412</v>
       </c>
       <c r="C742" t="s">
-        <v>530</v>
+        <v>564</v>
       </c>
       <c r="D742" t="s">
         <v>195</v>
       </c>
       <c r="E742" t="s">
         <v>196</v>
       </c>
       <c r="F742" t="s">
-        <v>1648</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>1649</v>
+        <v>788</v>
       </c>
       <c r="B743" t="s">
         <v>1412</v>
       </c>
       <c r="C743" t="s">
-        <v>552</v>
+        <v>564</v>
       </c>
       <c r="D743" t="s">
-        <v>326</v>
+        <v>511</v>
       </c>
       <c r="E743" t="s">
-        <v>327</v>
+        <v>512</v>
       </c>
       <c r="F743" t="s">
-        <v>1650</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>1651</v>
+        <v>1645</v>
       </c>
       <c r="B744" t="s">
         <v>1412</v>
       </c>
       <c r="C744" t="s">
-        <v>552</v>
+        <v>486</v>
       </c>
       <c r="D744" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E744" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F744" t="s">
-        <v>1652</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>1653</v>
+        <v>1646</v>
       </c>
       <c r="B745" t="s">
         <v>1412</v>
       </c>
       <c r="C745" t="s">
-        <v>552</v>
+        <v>486</v>
       </c>
       <c r="D745" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E745" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F745" t="s">
-        <v>1654</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>1655</v>
+        <v>1648</v>
       </c>
       <c r="B746" t="s">
         <v>1412</v>
       </c>
       <c r="C746" t="s">
-        <v>675</v>
+        <v>486</v>
       </c>
       <c r="D746" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E746" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F746" t="s">
-        <v>1656</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>1657</v>
+        <v>1650</v>
       </c>
       <c r="B747" t="s">
         <v>1412</v>
       </c>
       <c r="C747" t="s">
-        <v>675</v>
+        <v>530</v>
       </c>
       <c r="D747" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E747" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F747" t="s">
-        <v>1658</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>342</v>
+        <v>1652</v>
       </c>
       <c r="B748" t="s">
         <v>1412</v>
       </c>
       <c r="C748" t="s">
-        <v>675</v>
+        <v>530</v>
       </c>
       <c r="D748" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E748" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F748" t="s">
-        <v>1659</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>1660</v>
+        <v>1654</v>
       </c>
       <c r="B749" t="s">
         <v>1412</v>
       </c>
       <c r="C749" t="s">
-        <v>488</v>
+        <v>530</v>
       </c>
       <c r="D749" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E749" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F749" t="s">
-        <v>1661</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>1662</v>
+        <v>1656</v>
       </c>
       <c r="B750" t="s">
         <v>1412</v>
       </c>
       <c r="C750" t="s">
-        <v>488</v>
+        <v>552</v>
       </c>
       <c r="D750" t="s">
         <v>326</v>
       </c>
       <c r="E750" t="s">
         <v>327</v>
       </c>
       <c r="F750" t="s">
-        <v>1663</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>354</v>
+        <v>1658</v>
       </c>
       <c r="B751" t="s">
         <v>1412</v>
       </c>
       <c r="C751" t="s">
-        <v>488</v>
+        <v>552</v>
       </c>
       <c r="D751" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E751" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F751" t="s">
-        <v>1664</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>325</v>
+        <v>1660</v>
       </c>
       <c r="B752" t="s">
         <v>1412</v>
       </c>
       <c r="C752" t="s">
-        <v>532</v>
+        <v>552</v>
       </c>
       <c r="D752" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E752" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F752" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>333</v>
+        <v>1662</v>
       </c>
       <c r="B753" t="s">
         <v>1412</v>
       </c>
       <c r="C753" t="s">
-        <v>532</v>
+        <v>675</v>
       </c>
       <c r="D753" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E753" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F753" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>366</v>
+        <v>1664</v>
       </c>
       <c r="B754" t="s">
         <v>1412</v>
       </c>
       <c r="C754" t="s">
-        <v>532</v>
+        <v>675</v>
       </c>
       <c r="D754" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E754" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F754" t="s">
-        <v>1667</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B755" t="s">
         <v>1412</v>
       </c>
       <c r="C755" t="s">
-        <v>688</v>
+        <v>675</v>
       </c>
       <c r="D755" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E755" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F755" t="s">
-        <v>1668</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>363</v>
+        <v>1667</v>
       </c>
       <c r="B756" t="s">
         <v>1412</v>
       </c>
       <c r="C756" t="s">
-        <v>688</v>
+        <v>488</v>
       </c>
       <c r="D756" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E756" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F756" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>372</v>
+        <v>1669</v>
       </c>
       <c r="B757" t="s">
         <v>1412</v>
       </c>
       <c r="C757" t="s">
-        <v>688</v>
+        <v>488</v>
       </c>
       <c r="D757" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E757" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F757" t="s">
         <v>1670</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="B758" t="s">
         <v>1412</v>
       </c>
       <c r="C758" t="s">
-        <v>693</v>
+        <v>488</v>
       </c>
       <c r="D758" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E758" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F758" t="s">
         <v>1671</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>369</v>
+        <v>325</v>
       </c>
       <c r="B759" t="s">
         <v>1412</v>
       </c>
       <c r="C759" t="s">
-        <v>693</v>
+        <v>532</v>
       </c>
       <c r="D759" t="s">
         <v>326</v>
       </c>
       <c r="E759" t="s">
         <v>327</v>
       </c>
       <c r="F759" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>375</v>
+        <v>333</v>
       </c>
       <c r="B760" t="s">
         <v>1412</v>
       </c>
       <c r="C760" t="s">
-        <v>693</v>
+        <v>532</v>
       </c>
       <c r="D760" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E760" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F760" t="s">
         <v>1673</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
       <c r="B761" t="s">
         <v>1412</v>
       </c>
       <c r="C761" t="s">
-        <v>566</v>
+        <v>532</v>
       </c>
       <c r="D761" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E761" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F761" t="s">
         <v>1674</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>378</v>
+        <v>339</v>
       </c>
       <c r="B762" t="s">
         <v>1412</v>
       </c>
       <c r="C762" t="s">
-        <v>566</v>
+        <v>688</v>
       </c>
       <c r="D762" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E762" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F762" t="s">
         <v>1675</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>387</v>
+        <v>363</v>
       </c>
       <c r="B763" t="s">
         <v>1412</v>
       </c>
       <c r="C763" t="s">
-        <v>566</v>
+        <v>688</v>
       </c>
       <c r="D763" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E763" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F763" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>384</v>
+        <v>372</v>
       </c>
       <c r="B764" t="s">
         <v>1412</v>
       </c>
       <c r="C764" t="s">
-        <v>490</v>
+        <v>688</v>
       </c>
       <c r="D764" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E764" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F764" t="s">
         <v>1677</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
-        <v>390</v>
+        <v>351</v>
       </c>
       <c r="B765" t="s">
         <v>1412</v>
       </c>
       <c r="C765" t="s">
-        <v>490</v>
+        <v>693</v>
       </c>
       <c r="D765" t="s">
         <v>243</v>
       </c>
       <c r="E765" t="s">
         <v>244</v>
       </c>
       <c r="F765" t="s">
         <v>1678</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>393</v>
+        <v>369</v>
       </c>
       <c r="B766" t="s">
         <v>1412</v>
       </c>
       <c r="C766" t="s">
-        <v>490</v>
+        <v>693</v>
       </c>
       <c r="D766" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E766" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F766" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>396</v>
+        <v>375</v>
       </c>
       <c r="B767" t="s">
         <v>1412</v>
       </c>
       <c r="C767" t="s">
-        <v>578</v>
+        <v>693</v>
       </c>
       <c r="D767" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E767" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F767" t="s">
         <v>1680</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>399</v>
+        <v>360</v>
       </c>
       <c r="B768" t="s">
         <v>1412</v>
       </c>
       <c r="C768" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="D768" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E768" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F768" t="s">
         <v>1681</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>429</v>
+        <v>378</v>
       </c>
       <c r="B769" t="s">
         <v>1412</v>
       </c>
       <c r="C769" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="D769" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E769" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F769" t="s">
         <v>1682</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>402</v>
+        <v>387</v>
       </c>
       <c r="B770" t="s">
         <v>1412</v>
       </c>
       <c r="C770" t="s">
-        <v>710</v>
+        <v>566</v>
       </c>
       <c r="D770" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E770" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F770" t="s">
         <v>1683</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>426</v>
+        <v>384</v>
       </c>
       <c r="B771" t="s">
         <v>1412</v>
       </c>
       <c r="C771" t="s">
-        <v>710</v>
+        <v>490</v>
       </c>
       <c r="D771" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E771" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F771" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>432</v>
+        <v>390</v>
       </c>
       <c r="B772" t="s">
         <v>1412</v>
       </c>
       <c r="C772" t="s">
-        <v>710</v>
+        <v>490</v>
       </c>
       <c r="D772" t="s">
         <v>243</v>
       </c>
       <c r="E772" t="s">
         <v>244</v>
       </c>
       <c r="F772" t="s">
         <v>1685</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
-        <v>441</v>
+        <v>393</v>
       </c>
       <c r="B773" t="s">
         <v>1412</v>
       </c>
       <c r="C773" t="s">
-        <v>534</v>
+        <v>490</v>
       </c>
       <c r="D773" t="s">
         <v>195</v>
       </c>
       <c r="E773" t="s">
         <v>196</v>
       </c>
       <c r="F773" t="s">
         <v>1686</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" t="s">
-        <v>443</v>
+        <v>396</v>
       </c>
       <c r="B774" t="s">
         <v>1412</v>
       </c>
       <c r="C774" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
       <c r="D774" t="s">
         <v>326</v>
       </c>
       <c r="E774" t="s">
         <v>327</v>
       </c>
       <c r="F774" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" t="s">
-        <v>446</v>
+        <v>399</v>
       </c>
       <c r="B775" t="s">
         <v>1412</v>
       </c>
       <c r="C775" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
       <c r="D775" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E775" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F775" t="s">
         <v>1688</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" t="s">
-        <v>449</v>
+        <v>429</v>
       </c>
       <c r="B776" t="s">
         <v>1412</v>
       </c>
       <c r="C776" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="D776" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E776" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F776" t="s">
         <v>1689</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" t="s">
-        <v>455</v>
+        <v>402</v>
       </c>
       <c r="B777" t="s">
         <v>1412</v>
       </c>
       <c r="C777" t="s">
-        <v>580</v>
+        <v>710</v>
       </c>
       <c r="D777" t="s">
         <v>326</v>
       </c>
       <c r="E777" t="s">
         <v>327</v>
       </c>
       <c r="F777" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" t="s">
-        <v>792</v>
+        <v>426</v>
       </c>
       <c r="B778" t="s">
         <v>1412</v>
       </c>
       <c r="C778" t="s">
-        <v>580</v>
+        <v>710</v>
       </c>
       <c r="D778" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E778" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F778" t="s">
         <v>1691</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" t="s">
-        <v>452</v>
+        <v>432</v>
       </c>
       <c r="B779" t="s">
         <v>1412</v>
       </c>
       <c r="C779" t="s">
-        <v>588</v>
+        <v>710</v>
       </c>
       <c r="D779" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E779" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F779" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" t="s">
-        <v>802</v>
+        <v>441</v>
       </c>
       <c r="B780" t="s">
         <v>1412</v>
       </c>
       <c r="C780" t="s">
-        <v>588</v>
+        <v>534</v>
       </c>
       <c r="D780" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E780" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F780" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" t="s">
-        <v>796</v>
+        <v>443</v>
       </c>
       <c r="B781" t="s">
         <v>1412</v>
       </c>
       <c r="C781" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="D781" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E781" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F781" t="s">
         <v>1694</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" t="s">
-        <v>805</v>
+        <v>446</v>
       </c>
       <c r="B782" t="s">
         <v>1412</v>
       </c>
       <c r="C782" t="s">
-        <v>590</v>
+        <v>534</v>
       </c>
       <c r="D782" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E782" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F782" t="s">
         <v>1695</v>
+      </c>
+    </row>
+    <row r="783" spans="1:6">
+      <c r="A783" t="s">
+        <v>449</v>
+      </c>
+      <c r="B783" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C783" t="s">
+        <v>580</v>
+      </c>
+      <c r="D783" t="s">
+        <v>195</v>
+      </c>
+      <c r="E783" t="s">
+        <v>196</v>
+      </c>
+      <c r="F783" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="784" spans="1:6">
+      <c r="A784" t="s">
+        <v>455</v>
+      </c>
+      <c r="B784" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C784" t="s">
+        <v>580</v>
+      </c>
+      <c r="D784" t="s">
+        <v>326</v>
+      </c>
+      <c r="E784" t="s">
+        <v>327</v>
+      </c>
+      <c r="F784" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="785" spans="1:6">
+      <c r="A785" t="s">
+        <v>792</v>
+      </c>
+      <c r="B785" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C785" t="s">
+        <v>580</v>
+      </c>
+      <c r="D785" t="s">
+        <v>243</v>
+      </c>
+      <c r="E785" t="s">
+        <v>244</v>
+      </c>
+      <c r="F785" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="786" spans="1:6">
+      <c r="A786" t="s">
+        <v>452</v>
+      </c>
+      <c r="B786" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C786" t="s">
+        <v>588</v>
+      </c>
+      <c r="D786" t="s">
+        <v>195</v>
+      </c>
+      <c r="E786" t="s">
+        <v>196</v>
+      </c>
+      <c r="F786" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="787" spans="1:6">
+      <c r="A787" t="s">
+        <v>811</v>
+      </c>
+      <c r="B787" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C787" t="s">
+        <v>588</v>
+      </c>
+      <c r="D787" t="s">
+        <v>243</v>
+      </c>
+      <c r="E787" t="s">
+        <v>244</v>
+      </c>
+      <c r="F787" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="788" spans="1:6">
+      <c r="A788" t="s">
+        <v>796</v>
+      </c>
+      <c r="B788" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C788" t="s">
+        <v>536</v>
+      </c>
+      <c r="D788" t="s">
+        <v>195</v>
+      </c>
+      <c r="E788" t="s">
+        <v>196</v>
+      </c>
+      <c r="F788" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="789" spans="1:6">
+      <c r="A789" t="s">
+        <v>808</v>
+      </c>
+      <c r="B789" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C789" t="s">
+        <v>536</v>
+      </c>
+      <c r="D789" t="s">
+        <v>326</v>
+      </c>
+      <c r="E789" t="s">
+        <v>327</v>
+      </c>
+      <c r="F789" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="790" spans="1:6">
+      <c r="A790" t="s">
+        <v>850</v>
+      </c>
+      <c r="B790" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C790" t="s">
+        <v>536</v>
+      </c>
+      <c r="D790" t="s">
+        <v>243</v>
+      </c>
+      <c r="E790" t="s">
+        <v>244</v>
+      </c>
+      <c r="F790" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="791" spans="1:6">
+      <c r="A791" t="s">
+        <v>805</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C791" t="s">
+        <v>590</v>
+      </c>
+      <c r="D791" t="s">
+        <v>195</v>
+      </c>
+      <c r="E791" t="s">
+        <v>196</v>
+      </c>
+      <c r="F791" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="792" spans="1:6">
+      <c r="A792" t="s">
+        <v>829</v>
+      </c>
+      <c r="B792" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C792" t="s">
+        <v>590</v>
+      </c>
+      <c r="D792" t="s">
+        <v>326</v>
+      </c>
+      <c r="E792" t="s">
+        <v>327</v>
+      </c>
+      <c r="F792" t="s">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="793" spans="1:6">
+      <c r="A793" t="s">
+        <v>853</v>
+      </c>
+      <c r="B793" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C793" t="s">
+        <v>590</v>
+      </c>
+      <c r="D793" t="s">
+        <v>243</v>
+      </c>
+      <c r="E793" t="s">
+        <v>244</v>
+      </c>
+      <c r="F793" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="794" spans="1:6">
+      <c r="A794" t="s">
+        <v>814</v>
+      </c>
+      <c r="B794" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C794" t="s">
+        <v>735</v>
+      </c>
+      <c r="D794" t="s">
+        <v>195</v>
+      </c>
+      <c r="E794" t="s">
+        <v>196</v>
+      </c>
+      <c r="F794" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="795" spans="1:6">
+      <c r="A795" t="s">
+        <v>832</v>
+      </c>
+      <c r="B795" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C795" t="s">
+        <v>735</v>
+      </c>
+      <c r="D795" t="s">
+        <v>326</v>
+      </c>
+      <c r="E795" t="s">
+        <v>327</v>
+      </c>
+      <c r="F795" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="796" spans="1:6">
+      <c r="A796" t="s">
+        <v>856</v>
+      </c>
+      <c r="B796" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C796" t="s">
+        <v>735</v>
+      </c>
+      <c r="D796" t="s">
+        <v>243</v>
+      </c>
+      <c r="E796" t="s">
+        <v>244</v>
+      </c>
+      <c r="F796" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="797" spans="1:6">
+      <c r="A797" t="s">
+        <v>835</v>
+      </c>
+      <c r="B797" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C797" t="s">
+        <v>598</v>
+      </c>
+      <c r="D797" t="s">
+        <v>326</v>
+      </c>
+      <c r="E797" t="s">
+        <v>327</v>
+      </c>
+      <c r="F797" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="798" spans="1:6">
+      <c r="A798" t="s">
+        <v>859</v>
+      </c>
+      <c r="B798" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C798" t="s">
+        <v>598</v>
+      </c>
+      <c r="D798" t="s">
+        <v>195</v>
+      </c>
+      <c r="E798" t="s">
+        <v>196</v>
+      </c>
+      <c r="F798" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="799" spans="1:6">
+      <c r="A799" t="s">
+        <v>877</v>
+      </c>
+      <c r="B799" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C799" t="s">
+        <v>598</v>
+      </c>
+      <c r="D799" t="s">
+        <v>243</v>
+      </c>
+      <c r="E799" t="s">
+        <v>244</v>
+      </c>
+      <c r="F799" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="800" spans="1:6">
+      <c r="A800" t="s">
+        <v>838</v>
+      </c>
+      <c r="B800" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C800" t="s">
+        <v>744</v>
+      </c>
+      <c r="D800" t="s">
+        <v>326</v>
+      </c>
+      <c r="E800" t="s">
+        <v>327</v>
+      </c>
+      <c r="F800" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="801" spans="1:6">
+      <c r="A801" t="s">
+        <v>862</v>
+      </c>
+      <c r="B801" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C801" t="s">
+        <v>744</v>
+      </c>
+      <c r="D801" t="s">
+        <v>195</v>
+      </c>
+      <c r="E801" t="s">
+        <v>196</v>
+      </c>
+      <c r="F801" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="802" spans="1:6">
+      <c r="A802" t="s">
+        <v>880</v>
+      </c>
+      <c r="B802" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C802" t="s">
+        <v>744</v>
+      </c>
+      <c r="D802" t="s">
+        <v>243</v>
+      </c>
+      <c r="E802" t="s">
+        <v>244</v>
+      </c>
+      <c r="F802" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="803" spans="1:6">
+      <c r="A803" t="s">
+        <v>841</v>
+      </c>
+      <c r="B803" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C803" t="s">
+        <v>600</v>
+      </c>
+      <c r="D803" t="s">
+        <v>326</v>
+      </c>
+      <c r="E803" t="s">
+        <v>327</v>
+      </c>
+      <c r="F803" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="804" spans="1:6">
+      <c r="A804" t="s">
+        <v>871</v>
+      </c>
+      <c r="B804" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C804" t="s">
+        <v>600</v>
+      </c>
+      <c r="D804" t="s">
+        <v>195</v>
+      </c>
+      <c r="E804" t="s">
+        <v>196</v>
+      </c>
+      <c r="F804" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="805" spans="1:6">
+      <c r="A805" t="s">
+        <v>883</v>
+      </c>
+      <c r="B805" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C805" t="s">
+        <v>600</v>
+      </c>
+      <c r="D805" t="s">
+        <v>243</v>
+      </c>
+      <c r="E805" t="s">
+        <v>244</v>
+      </c>
+      <c r="F805" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="806" spans="1:6">
+      <c r="A806" t="s">
+        <v>844</v>
+      </c>
+      <c r="B806" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C806" t="s">
+        <v>609</v>
+      </c>
+      <c r="D806" t="s">
+        <v>326</v>
+      </c>
+      <c r="E806" t="s">
+        <v>327</v>
+      </c>
+      <c r="F806" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="807" spans="1:6">
+      <c r="A807" t="s">
+        <v>874</v>
+      </c>
+      <c r="B807" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C807" t="s">
+        <v>609</v>
+      </c>
+      <c r="D807" t="s">
+        <v>195</v>
+      </c>
+      <c r="E807" t="s">
+        <v>196</v>
+      </c>
+      <c r="F807" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="808" spans="1:6">
+      <c r="A808" t="s">
+        <v>889</v>
+      </c>
+      <c r="B808" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C808" t="s">
+        <v>609</v>
+      </c>
+      <c r="D808" t="s">
+        <v>243</v>
+      </c>
+      <c r="E808" t="s">
+        <v>244</v>
+      </c>
+      <c r="F808" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="809" spans="1:6">
+      <c r="A809" t="s">
+        <v>847</v>
+      </c>
+      <c r="B809" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C809" t="s">
+        <v>757</v>
+      </c>
+      <c r="D809" t="s">
+        <v>326</v>
+      </c>
+      <c r="E809" t="s">
+        <v>327</v>
+      </c>
+      <c r="F809" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="810" spans="1:6">
+      <c r="A810" t="s">
+        <v>892</v>
+      </c>
+      <c r="B810" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C810" t="s">
+        <v>757</v>
+      </c>
+      <c r="D810" t="s">
+        <v>195</v>
+      </c>
+      <c r="E810" t="s">
+        <v>196</v>
+      </c>
+      <c r="F810" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="811" spans="1:6">
+      <c r="A811" t="s">
+        <v>898</v>
+      </c>
+      <c r="B811" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C811" t="s">
+        <v>757</v>
+      </c>
+      <c r="D811" t="s">
+        <v>243</v>
+      </c>
+      <c r="E811" t="s">
+        <v>244</v>
+      </c>
+      <c r="F811" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="812" spans="1:6">
+      <c r="A812" t="s">
+        <v>865</v>
+      </c>
+      <c r="B812" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C812" t="s">
+        <v>611</v>
+      </c>
+      <c r="D812" t="s">
+        <v>326</v>
+      </c>
+      <c r="E812" t="s">
+        <v>327</v>
+      </c>
+      <c r="F812" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="813" spans="1:6">
+      <c r="A813" t="s">
+        <v>901</v>
+      </c>
+      <c r="B813" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C813" t="s">
+        <v>611</v>
+      </c>
+      <c r="D813" t="s">
+        <v>195</v>
+      </c>
+      <c r="E813" t="s">
+        <v>196</v>
+      </c>
+      <c r="F813" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="814" spans="1:6">
+      <c r="A814" t="s">
+        <v>913</v>
+      </c>
+      <c r="B814" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C814" t="s">
+        <v>611</v>
+      </c>
+      <c r="D814" t="s">
+        <v>243</v>
+      </c>
+      <c r="E814" t="s">
+        <v>244</v>
+      </c>
+      <c r="F814" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="815" spans="1:6">
+      <c r="A815" t="s">
+        <v>868</v>
+      </c>
+      <c r="B815" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C815" t="s">
+        <v>617</v>
+      </c>
+      <c r="D815" t="s">
+        <v>326</v>
+      </c>
+      <c r="E815" t="s">
+        <v>327</v>
+      </c>
+      <c r="F815" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="816" spans="1:6">
+      <c r="A816" t="s">
+        <v>910</v>
+      </c>
+      <c r="B816" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C816" t="s">
+        <v>617</v>
+      </c>
+      <c r="D816" t="s">
+        <v>195</v>
+      </c>
+      <c r="E816" t="s">
+        <v>196</v>
+      </c>
+      <c r="F816" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="817" spans="1:6">
+      <c r="A817" t="s">
+        <v>916</v>
+      </c>
+      <c r="B817" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C817" t="s">
+        <v>617</v>
+      </c>
+      <c r="D817" t="s">
+        <v>243</v>
+      </c>
+      <c r="E817" t="s">
+        <v>244</v>
+      </c>
+      <c r="F817" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="818" spans="1:6">
+      <c r="A818" t="s">
+        <v>886</v>
+      </c>
+      <c r="B818" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C818" t="s">
+        <v>770</v>
+      </c>
+      <c r="D818" t="s">
+        <v>326</v>
+      </c>
+      <c r="E818" t="s">
+        <v>327</v>
+      </c>
+      <c r="F818" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="819" spans="1:6">
+      <c r="A819" t="s">
+        <v>922</v>
+      </c>
+      <c r="B819" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C819" t="s">
+        <v>770</v>
+      </c>
+      <c r="D819" t="s">
+        <v>195</v>
+      </c>
+      <c r="E819" t="s">
+        <v>196</v>
+      </c>
+      <c r="F819" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="820" spans="1:6">
+      <c r="A820" t="s">
+        <v>925</v>
+      </c>
+      <c r="B820" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C820" t="s">
+        <v>770</v>
+      </c>
+      <c r="D820" t="s">
+        <v>243</v>
+      </c>
+      <c r="E820" t="s">
+        <v>244</v>
+      </c>
+      <c r="F820" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="821" spans="1:6">
+      <c r="A821" t="s">
+        <v>904</v>
+      </c>
+      <c r="B821" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C821" t="s">
+        <v>619</v>
+      </c>
+      <c r="D821" t="s">
+        <v>326</v>
+      </c>
+      <c r="E821" t="s">
+        <v>327</v>
+      </c>
+      <c r="F821" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="822" spans="1:6">
+      <c r="A822" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B822" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C822" t="s">
+        <v>619</v>
+      </c>
+      <c r="D822" t="s">
+        <v>243</v>
+      </c>
+      <c r="E822" t="s">
+        <v>244</v>
+      </c>
+      <c r="F822" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="823" spans="1:6">
+      <c r="A823" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B823" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C823" t="s">
+        <v>619</v>
+      </c>
+      <c r="D823" t="s">
+        <v>195</v>
+      </c>
+      <c r="E823" t="s">
+        <v>196</v>
+      </c>
+      <c r="F823" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="824" spans="1:6">
+      <c r="A824" t="s">
+        <v>907</v>
+      </c>
+      <c r="B824" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C824" t="s">
+        <v>492</v>
+      </c>
+      <c r="D824" t="s">
+        <v>326</v>
+      </c>
+      <c r="E824" t="s">
+        <v>327</v>
+      </c>
+      <c r="F824" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="825" spans="1:6">
+      <c r="A825" t="s">
+        <v>928</v>
+      </c>
+      <c r="B825" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C825" t="s">
+        <v>496</v>
+      </c>
+      <c r="D825" t="s">
+        <v>326</v>
+      </c>
+      <c r="E825" t="s">
+        <v>327</v>
+      </c>
+      <c r="F825" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="826" spans="1:6">
+      <c r="A826" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B826" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C826" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D826" t="s">
+        <v>326</v>
+      </c>
+      <c r="E826" t="s">
+        <v>327</v>
+      </c>
+      <c r="F826" t="s">
+        <v>1740</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>