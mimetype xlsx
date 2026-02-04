--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4956" uniqueCount="1741">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5022" uniqueCount="1753">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
@@ -4408,50 +4408,53 @@
   <si>
     <t>740</t>
   </si>
   <si>
     <t>Contratação da empresa Support Consultoria Ltda, nome Fantasia, Support Consultoria Pública, CNPJ: 13.083.672/0001-50, para prestação de serviços de apoio técnico, assessoria e consultoria voltada à gestão pública, envolvendo área administrativa, financeira, orçamento, patrimônio, planejamento e prestações de contas, licitações, contratos, processos legislativos, recursos humanos, orientações técnicas diversas e defesas dos interesses da Câmara Municipal de Talismã do Tocantins, junto aos órgãos de controle externo. Período: Janeiro a Dezembro de 2025. Valor total R$ 54.798,00 (cinquenta e quatro mil, setecentos e noventa e oito reais).</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>DECLARAÇÃO DE INEXISTENCIA DE OBRAS NO ANO DE 2025.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>PCA</t>
   </si>
   <si>
     <t>Plano de Contratação Anual</t>
   </si>
   <si>
     <t>Plano de Contratação Anual da Câmara Municipal de Talismã/TO, PCA - 2025.</t>
   </si>
   <si>
+    <t>Relatório Anual Estatístico e Informações Genéricas Sobre os Solicitantes do SIC/Ouvidoria, do exercício de 2025.</t>
+  </si>
+  <si>
     <t>590</t>
   </si>
   <si>
     <t>pauta da sessão extraordinária do dia 13 de janeiro de 2025</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>PAUTA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA SESSÃO DA CÂMARA MUNICIPAL DE TALISMÃ REALIZADA NO MES DE FEVERIRO DE 2025</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA SEGUNDA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>650</t>
@@ -4534,50 +4537,59 @@
   <si>
     <t>662</t>
   </si>
   <si>
     <t>CALENDARIO DAS SESSÕES PARA O MES DE ABRIL DE 2025</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>Contratação da empresa F &amp; E - Comércio Varejista de Derivados de Petróleo Ltda, CNPJ: 09.342.541/0001-72, para fornecimento de combustíveis e lubrificantes a serem utilizados nos serviços de transportes da Câmara Municipal de Talismã. Período: Janeiro a Dezembro de 2025. Valor total de R$ 48.298,00 (quarenta e oito mil, duzentos e noventa e oito reais).</t>
   </si>
   <si>
     <t>PAUTA DE Nº 03 DA COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>Pauta 3/2025 da CESAS</t>
   </si>
   <si>
     <t>“CONCEDE FÉRIAS A SERVIDOR PÚBLICO E DETERMINA O PAGAMENTO DE SEUS VENCIMENTOS, ACRESCIDO DE ABONOS CONTITUCINAL E PECUNIÁRIO”.</t>
   </si>
   <si>
+    <t>LISTA DE VOTAÇÃO NOMINAL - SESSÃO DE 15 DE DEZEMBRO</t>
+  </si>
+  <si>
+    <t>CONCEDE LICENÇA-PRÊMIO A SERVIDORA PÚBLICA DO PODER LEGISLATIVO QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
+    <t>Declaração de ausência de respostas ou sugestões na pesquisa de satisfação no ano de 2025.</t>
+  </si>
+  <si>
     <t>611</t>
   </si>
   <si>
     <t>PAUTA DA QUARTA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>ATA DA TERCEIRA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA QUARTA SESSÃO ORDINÁRIA DO MES DE FEVEREIRO DE 2025</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>PAUTA NÚMERO 04/2025 DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>716</t>
@@ -5227,57 +5239,81 @@
   <si>
     <t>PAUTA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>ata da terceira sessão do mês de novembro de 2025</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA SEGUNDA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>PAUTA DA TERCEIRA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>ATA DA QUARTA SESSÃO DO MÊS DE NOVEMBRO DE 2025</t>
   </si>
   <si>
     <t>PAUTA DA QUARTA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>LISTA DE PRESENÇA NA QUARTA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>ATA DA PRIMEIRA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
   <si>
+    <t>LISTA DE PRESENÇA NA QUINTA SESSÃO ORDINÁRIA DO MÊS DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
     <t>ATA DA SEGUNDA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>ATA DA QUARTA SESSÃO ORDINÁRIA DO MES DE DEZEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>969</t>
+  </si>
+  <si>
+    <t>ATA DA QUINTA SESSÃO DE DEZEMBRO DE 2025 -QUE TRATA DA ELEIÇÃO DA MESA DIRETORA PARA O EXERCÍCIO 2026</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>PRORROGA RECESSO NO ÃMBITO DA CÂMARA MUNICIPAL</t>
+  </si>
+  <si>
+    <t>PAUTA DA PRIMEIRA SESSÃO EXTRAORDINÁRIA DO ANO DE 2026</t>
+  </si>
+  <si>
+    <t>LISTA DE PRESENÇA NA PRIMEIRA SESSÃO EXTRAORDINÁRIA DO ANO DE 2026</t>
+  </si>
+  <si>
+    <t>CALENDÁRIO DAS SESSÕES PARA O MÊS DE FEVEREIRO DE 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -5569,51 +5605,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F826"/>
+  <dimension ref="A1:F837"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="38.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -18125,4026 +18161,4246 @@
         <v>1460</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627" t="s">
         <v>1461</v>
       </c>
       <c r="B627" t="s">
         <v>1412</v>
       </c>
       <c r="C627" t="s">
         <v>8</v>
       </c>
       <c r="D627" t="s">
         <v>1462</v>
       </c>
       <c r="E627" t="s">
         <v>1463</v>
       </c>
       <c r="F627" t="s">
         <v>1464</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628" t="s">
+        <v>1304</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C628" t="s">
+        <v>8</v>
+      </c>
+      <c r="D628" t="s">
+        <v>515</v>
+      </c>
+      <c r="E628" t="s">
+        <v>516</v>
+      </c>
+      <c r="F628" t="s">
         <v>1465</v>
-      </c>
-[...13 lines deleted...]
-        <v>1466</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629" t="s">
-        <v>1467</v>
+        <v>1466</v>
       </c>
       <c r="B629" t="s">
         <v>1412</v>
       </c>
       <c r="C629" t="s">
         <v>33</v>
       </c>
       <c r="D629" t="s">
-        <v>243</v>
+        <v>493</v>
       </c>
       <c r="E629" t="s">
-        <v>244</v>
+        <v>494</v>
       </c>
       <c r="F629" t="s">
-        <v>1468</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630" t="s">
-        <v>1469</v>
+        <v>1468</v>
       </c>
       <c r="B630" t="s">
         <v>1412</v>
       </c>
       <c r="C630" t="s">
         <v>33</v>
       </c>
       <c r="D630" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E630" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F630" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631" t="s">
-        <v>1471</v>
+        <v>1470</v>
       </c>
       <c r="B631" t="s">
         <v>1412</v>
       </c>
       <c r="C631" t="s">
         <v>33</v>
       </c>
       <c r="D631" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E631" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F631" t="s">
-        <v>1472</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632" t="s">
-        <v>1473</v>
+        <v>1472</v>
       </c>
       <c r="B632" t="s">
         <v>1412</v>
       </c>
       <c r="C632" t="s">
         <v>33</v>
       </c>
       <c r="D632" t="s">
-        <v>968</v>
+        <v>195</v>
       </c>
       <c r="E632" t="s">
-        <v>969</v>
+        <v>196</v>
       </c>
       <c r="F632" t="s">
-        <v>1474</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="B633" t="s">
         <v>1412</v>
       </c>
       <c r="C633" t="s">
         <v>33</v>
       </c>
       <c r="D633" t="s">
-        <v>135</v>
+        <v>968</v>
       </c>
       <c r="E633" t="s">
-        <v>136</v>
+        <v>969</v>
       </c>
       <c r="F633" t="s">
-        <v>537</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634" t="s">
         <v>1476</v>
       </c>
       <c r="B634" t="s">
         <v>1412</v>
       </c>
       <c r="C634" t="s">
         <v>33</v>
       </c>
       <c r="D634" t="s">
-        <v>511</v>
+        <v>135</v>
       </c>
       <c r="E634" t="s">
-        <v>512</v>
+        <v>136</v>
       </c>
       <c r="F634" t="s">
-        <v>1477</v>
+        <v>537</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635" t="s">
-        <v>1478</v>
+        <v>1477</v>
       </c>
       <c r="B635" t="s">
         <v>1412</v>
       </c>
       <c r="C635" t="s">
         <v>33</v>
       </c>
       <c r="D635" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="E635" t="s">
-        <v>20</v>
+        <v>512</v>
       </c>
       <c r="F635" t="s">
-        <v>1479</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
       <c r="B636" t="s">
         <v>1412</v>
       </c>
       <c r="C636" t="s">
         <v>33</v>
       </c>
       <c r="D636" t="s">
-        <v>227</v>
+        <v>19</v>
       </c>
       <c r="E636" t="s">
-        <v>228</v>
+        <v>20</v>
       </c>
       <c r="F636" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637" t="s">
         <v>1481</v>
       </c>
       <c r="B637" t="s">
         <v>1412</v>
       </c>
       <c r="C637" t="s">
         <v>33</v>
       </c>
       <c r="D637" t="s">
-        <v>23</v>
+        <v>227</v>
       </c>
       <c r="E637" t="s">
-        <v>24</v>
+        <v>228</v>
       </c>
       <c r="F637" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638" t="s">
-        <v>345</v>
+        <v>1482</v>
       </c>
       <c r="B638" t="s">
         <v>1412</v>
       </c>
       <c r="C638" t="s">
         <v>33</v>
       </c>
       <c r="D638" t="s">
-        <v>976</v>
+        <v>23</v>
       </c>
       <c r="E638" t="s">
-        <v>977</v>
+        <v>24</v>
       </c>
       <c r="F638" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639" t="s">
-        <v>405</v>
+        <v>345</v>
       </c>
       <c r="B639" t="s">
         <v>1412</v>
       </c>
       <c r="C639" t="s">
         <v>33</v>
       </c>
       <c r="D639" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="E639" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="F639" t="s">
         <v>1484</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640" t="s">
-        <v>467</v>
+        <v>405</v>
       </c>
       <c r="B640" t="s">
         <v>1412</v>
       </c>
       <c r="C640" t="s">
         <v>33</v>
       </c>
       <c r="D640" t="s">
-        <v>9</v>
+        <v>972</v>
       </c>
       <c r="E640" t="s">
-        <v>10</v>
+        <v>973</v>
       </c>
       <c r="F640" t="s">
         <v>1485</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
       <c r="B641" t="s">
         <v>1412</v>
       </c>
       <c r="C641" t="s">
         <v>33</v>
       </c>
       <c r="D641" t="s">
-        <v>994</v>
+        <v>9</v>
       </c>
       <c r="E641" t="s">
-        <v>995</v>
+        <v>10</v>
       </c>
       <c r="F641" t="s">
-        <v>1445</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642" t="s">
-        <v>478</v>
+        <v>476</v>
       </c>
       <c r="B642" t="s">
         <v>1412</v>
       </c>
       <c r="C642" t="s">
         <v>33</v>
       </c>
       <c r="D642" t="s">
-        <v>998</v>
+        <v>994</v>
       </c>
       <c r="E642" t="s">
-        <v>999</v>
+        <v>995</v>
       </c>
       <c r="F642" t="s">
-        <v>1447</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643" t="s">
-        <v>782</v>
+        <v>478</v>
       </c>
       <c r="B643" t="s">
         <v>1412</v>
       </c>
       <c r="C643" t="s">
         <v>33</v>
       </c>
       <c r="D643" t="s">
-        <v>982</v>
+        <v>998</v>
       </c>
       <c r="E643" t="s">
-        <v>983</v>
+        <v>999</v>
       </c>
       <c r="F643" t="s">
-        <v>1486</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="B644" t="s">
         <v>1412</v>
       </c>
       <c r="C644" t="s">
         <v>33</v>
       </c>
       <c r="D644" t="s">
-        <v>990</v>
+        <v>982</v>
       </c>
       <c r="E644" t="s">
-        <v>991</v>
+        <v>983</v>
       </c>
       <c r="F644" t="s">
-        <v>1451</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B645" t="s">
         <v>1412</v>
       </c>
       <c r="C645" t="s">
         <v>33</v>
       </c>
       <c r="D645" t="s">
-        <v>253</v>
+        <v>990</v>
       </c>
       <c r="E645" t="s">
-        <v>254</v>
+        <v>991</v>
       </c>
       <c r="F645" t="s">
-        <v>1487</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
       <c r="B646" t="s">
         <v>1412</v>
       </c>
       <c r="C646" t="s">
         <v>33</v>
       </c>
       <c r="D646" t="s">
-        <v>960</v>
+        <v>253</v>
       </c>
       <c r="E646" t="s">
-        <v>961</v>
+        <v>254</v>
       </c>
       <c r="F646" t="s">
         <v>1488</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647" t="s">
-        <v>826</v>
+        <v>799</v>
       </c>
       <c r="B647" t="s">
         <v>1412</v>
       </c>
       <c r="C647" t="s">
         <v>33</v>
       </c>
       <c r="D647" t="s">
-        <v>247</v>
+        <v>960</v>
       </c>
       <c r="E647" t="s">
-        <v>248</v>
+        <v>961</v>
       </c>
       <c r="F647" t="s">
         <v>1489</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648" t="s">
-        <v>1265</v>
+        <v>826</v>
       </c>
       <c r="B648" t="s">
         <v>1412</v>
       </c>
       <c r="C648" t="s">
         <v>33</v>
       </c>
       <c r="D648" t="s">
-        <v>125</v>
+        <v>247</v>
       </c>
       <c r="E648" t="s">
-        <v>126</v>
+        <v>248</v>
       </c>
       <c r="F648" t="s">
         <v>1490</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="B649" t="s">
         <v>1412</v>
       </c>
       <c r="C649" t="s">
         <v>33</v>
       </c>
       <c r="D649" t="s">
-        <v>523</v>
+        <v>125</v>
       </c>
       <c r="E649" t="s">
-        <v>524</v>
+        <v>126</v>
       </c>
       <c r="F649" t="s">
         <v>1491</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650" t="s">
-        <v>99</v>
+        <v>1268</v>
       </c>
       <c r="B650" t="s">
         <v>1412</v>
       </c>
       <c r="C650" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="D650" t="s">
-        <v>326</v>
+        <v>523</v>
       </c>
       <c r="E650" t="s">
-        <v>327</v>
+        <v>524</v>
       </c>
       <c r="F650" t="s">
         <v>1492</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651" t="s">
-        <v>1493</v>
+        <v>99</v>
       </c>
       <c r="B651" t="s">
         <v>1412</v>
       </c>
       <c r="C651" t="s">
         <v>38</v>
       </c>
       <c r="D651" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E651" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F651" t="s">
-        <v>1494</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652" t="s">
-        <v>1495</v>
+        <v>1494</v>
       </c>
       <c r="B652" t="s">
         <v>1412</v>
       </c>
       <c r="C652" t="s">
         <v>38</v>
       </c>
       <c r="D652" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E652" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F652" t="s">
-        <v>1496</v>
+        <v>1495</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653" t="s">
-        <v>1497</v>
+        <v>1496</v>
       </c>
       <c r="B653" t="s">
         <v>1412</v>
       </c>
       <c r="C653" t="s">
         <v>38</v>
       </c>
       <c r="D653" t="s">
-        <v>968</v>
+        <v>243</v>
       </c>
       <c r="E653" t="s">
-        <v>969</v>
+        <v>244</v>
       </c>
       <c r="F653" t="s">
-        <v>1498</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="B654" t="s">
         <v>1412</v>
       </c>
       <c r="C654" t="s">
         <v>38</v>
       </c>
       <c r="D654" t="s">
-        <v>247</v>
+        <v>968</v>
       </c>
       <c r="E654" t="s">
-        <v>248</v>
+        <v>969</v>
       </c>
       <c r="F654" t="s">
-        <v>1500</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655" t="s">
-        <v>1501</v>
+        <v>1500</v>
       </c>
       <c r="B655" t="s">
         <v>1412</v>
       </c>
       <c r="C655" t="s">
         <v>38</v>
       </c>
       <c r="D655" t="s">
-        <v>19</v>
+        <v>247</v>
       </c>
       <c r="E655" t="s">
-        <v>20</v>
+        <v>248</v>
       </c>
       <c r="F655" t="s">
-        <v>1458</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656" t="s">
         <v>1502</v>
       </c>
       <c r="B656" t="s">
         <v>1412</v>
       </c>
       <c r="C656" t="s">
         <v>38</v>
       </c>
       <c r="D656" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="E656" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F656" t="s">
-        <v>1503</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657" t="s">
-        <v>348</v>
+        <v>1503</v>
       </c>
       <c r="B657" t="s">
         <v>1412</v>
       </c>
       <c r="C657" t="s">
         <v>38</v>
       </c>
       <c r="D657" t="s">
-        <v>976</v>
+        <v>23</v>
       </c>
       <c r="E657" t="s">
-        <v>977</v>
+        <v>24</v>
       </c>
       <c r="F657" t="s">
         <v>1504</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658" t="s">
-        <v>408</v>
+        <v>348</v>
       </c>
       <c r="B658" t="s">
         <v>1412</v>
       </c>
       <c r="C658" t="s">
         <v>38</v>
       </c>
       <c r="D658" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="E658" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="F658" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659" t="s">
-        <v>435</v>
+        <v>408</v>
       </c>
       <c r="B659" t="s">
         <v>1412</v>
       </c>
       <c r="C659" t="s">
         <v>38</v>
       </c>
       <c r="D659" t="s">
-        <v>135</v>
+        <v>972</v>
       </c>
       <c r="E659" t="s">
-        <v>136</v>
+        <v>973</v>
       </c>
       <c r="F659" t="s">
         <v>1506</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660" t="s">
+        <v>435</v>
+      </c>
+      <c r="B660" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C660" t="s">
+        <v>38</v>
+      </c>
+      <c r="D660" t="s">
+        <v>135</v>
+      </c>
+      <c r="E660" t="s">
+        <v>136</v>
+      </c>
+      <c r="F660" t="s">
         <v>1507</v>
-      </c>
-[...13 lines deleted...]
-        <v>1508</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661" t="s">
-        <v>1509</v>
+        <v>1280</v>
       </c>
       <c r="B661" t="s">
         <v>1412</v>
       </c>
       <c r="C661" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D661" t="s">
-        <v>326</v>
+        <v>523</v>
       </c>
       <c r="E661" t="s">
-        <v>327</v>
+        <v>524</v>
       </c>
       <c r="F661" t="s">
-        <v>1510</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662" t="s">
-        <v>1511</v>
+        <v>1289</v>
       </c>
       <c r="B662" t="s">
         <v>1412</v>
       </c>
       <c r="C662" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D662" t="s">
-        <v>195</v>
+        <v>125</v>
       </c>
       <c r="E662" t="s">
-        <v>196</v>
+        <v>126</v>
       </c>
       <c r="F662" t="s">
-        <v>1512</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663" t="s">
-        <v>1513</v>
+        <v>1307</v>
       </c>
       <c r="B663" t="s">
         <v>1412</v>
       </c>
       <c r="C663" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="D663" t="s">
-        <v>968</v>
+        <v>990</v>
       </c>
       <c r="E663" t="s">
-        <v>969</v>
+        <v>991</v>
       </c>
       <c r="F663" t="s">
-        <v>1514</v>
+        <v>1510</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664" t="s">
-        <v>1515</v>
+        <v>1511</v>
       </c>
       <c r="B664" t="s">
         <v>1412</v>
       </c>
       <c r="C664" t="s">
         <v>43</v>
       </c>
       <c r="D664" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="E664" t="s">
-        <v>512</v>
+        <v>244</v>
       </c>
       <c r="F664" t="s">
-        <v>1516</v>
+        <v>1512</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665" t="s">
-        <v>1517</v>
+        <v>1513</v>
       </c>
       <c r="B665" t="s">
         <v>1412</v>
       </c>
       <c r="C665" t="s">
         <v>43</v>
       </c>
       <c r="D665" t="s">
-        <v>19</v>
+        <v>326</v>
       </c>
       <c r="E665" t="s">
-        <v>20</v>
+        <v>327</v>
       </c>
       <c r="F665" t="s">
-        <v>1482</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666" t="s">
-        <v>1518</v>
+        <v>1515</v>
       </c>
       <c r="B666" t="s">
         <v>1412</v>
       </c>
       <c r="C666" t="s">
         <v>43</v>
       </c>
       <c r="D666" t="s">
-        <v>23</v>
+        <v>195</v>
       </c>
       <c r="E666" t="s">
-        <v>24</v>
+        <v>196</v>
       </c>
       <c r="F666" t="s">
-        <v>1519</v>
+        <v>1516</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667" t="s">
-        <v>411</v>
+        <v>1517</v>
       </c>
       <c r="B667" t="s">
         <v>1412</v>
       </c>
       <c r="C667" t="s">
         <v>43</v>
       </c>
       <c r="D667" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="E667" t="s">
-        <v>973</v>
+        <v>969</v>
       </c>
       <c r="F667" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668" t="s">
-        <v>438</v>
+        <v>1519</v>
       </c>
       <c r="B668" t="s">
         <v>1412</v>
       </c>
       <c r="C668" t="s">
         <v>43</v>
       </c>
       <c r="D668" t="s">
-        <v>135</v>
+        <v>511</v>
       </c>
       <c r="E668" t="s">
-        <v>136</v>
+        <v>512</v>
       </c>
       <c r="F668" t="s">
-        <v>1506</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669" t="s">
-        <v>823</v>
+        <v>1521</v>
       </c>
       <c r="B669" t="s">
         <v>1412</v>
       </c>
       <c r="C669" t="s">
         <v>43</v>
       </c>
       <c r="D669" t="s">
-        <v>247</v>
+        <v>19</v>
       </c>
       <c r="E669" t="s">
-        <v>248</v>
+        <v>20</v>
       </c>
       <c r="F669" t="s">
-        <v>1521</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670" t="s">
         <v>1522</v>
       </c>
       <c r="B670" t="s">
         <v>1412</v>
       </c>
       <c r="C670" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D670" t="s">
-        <v>195</v>
+        <v>23</v>
       </c>
       <c r="E670" t="s">
-        <v>196</v>
+        <v>24</v>
       </c>
       <c r="F670" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671" t="s">
+        <v>411</v>
+      </c>
+      <c r="B671" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C671" t="s">
+        <v>43</v>
+      </c>
+      <c r="D671" t="s">
+        <v>972</v>
+      </c>
+      <c r="E671" t="s">
+        <v>973</v>
+      </c>
+      <c r="F671" t="s">
         <v>1524</v>
-      </c>
-[...13 lines deleted...]
-        <v>1525</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672" t="s">
-        <v>1526</v>
+        <v>438</v>
       </c>
       <c r="B672" t="s">
         <v>1412</v>
       </c>
       <c r="C672" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D672" t="s">
-        <v>326</v>
+        <v>135</v>
       </c>
       <c r="E672" t="s">
-        <v>327</v>
+        <v>136</v>
       </c>
       <c r="F672" t="s">
-        <v>1527</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673" t="s">
-        <v>1528</v>
+        <v>823</v>
       </c>
       <c r="B673" t="s">
         <v>1412</v>
       </c>
       <c r="C673" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="D673" t="s">
-        <v>968</v>
+        <v>247</v>
       </c>
       <c r="E673" t="s">
-        <v>969</v>
+        <v>248</v>
       </c>
       <c r="F673" t="s">
-        <v>1529</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
       <c r="B674" t="s">
         <v>1412</v>
       </c>
       <c r="C674" t="s">
         <v>46</v>
       </c>
       <c r="D674" t="s">
-        <v>511</v>
+        <v>195</v>
       </c>
       <c r="E674" t="s">
-        <v>512</v>
+        <v>196</v>
       </c>
       <c r="F674" t="s">
-        <v>1531</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675" t="s">
-        <v>1532</v>
+        <v>1528</v>
       </c>
       <c r="B675" t="s">
         <v>1412</v>
       </c>
       <c r="C675" t="s">
         <v>46</v>
       </c>
       <c r="D675" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E675" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F675" t="s">
-        <v>1533</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="B676" t="s">
         <v>1412</v>
       </c>
       <c r="C676" t="s">
         <v>46</v>
       </c>
       <c r="D676" t="s">
-        <v>19</v>
+        <v>326</v>
       </c>
       <c r="E676" t="s">
-        <v>20</v>
+        <v>327</v>
       </c>
       <c r="F676" t="s">
-        <v>1503</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677" t="s">
-        <v>895</v>
+        <v>1532</v>
       </c>
       <c r="B677" t="s">
         <v>1412</v>
       </c>
       <c r="C677" t="s">
         <v>46</v>
       </c>
       <c r="D677" t="s">
-        <v>135</v>
+        <v>968</v>
       </c>
       <c r="E677" t="s">
-        <v>136</v>
+        <v>969</v>
       </c>
       <c r="F677" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="B678" t="s">
         <v>1412</v>
       </c>
       <c r="C678" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D678" t="s">
-        <v>243</v>
+        <v>511</v>
       </c>
       <c r="E678" t="s">
-        <v>244</v>
+        <v>512</v>
       </c>
       <c r="F678" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="B679" t="s">
         <v>1412</v>
       </c>
       <c r="C679" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D679" t="s">
-        <v>195</v>
+        <v>247</v>
       </c>
       <c r="E679" t="s">
-        <v>196</v>
+        <v>248</v>
       </c>
       <c r="F679" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="B680" t="s">
         <v>1412</v>
       </c>
       <c r="C680" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D680" t="s">
-        <v>326</v>
+        <v>19</v>
       </c>
       <c r="E680" t="s">
-        <v>327</v>
+        <v>20</v>
       </c>
       <c r="F680" t="s">
-        <v>1541</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681" t="s">
-        <v>1542</v>
+        <v>895</v>
       </c>
       <c r="B681" t="s">
         <v>1412</v>
       </c>
       <c r="C681" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="D681" t="s">
-        <v>19</v>
+        <v>135</v>
       </c>
       <c r="E681" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
       <c r="F681" t="s">
-        <v>1519</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682" t="s">
-        <v>221</v>
+        <v>1540</v>
       </c>
       <c r="B682" t="s">
         <v>1412</v>
       </c>
       <c r="C682" t="s">
         <v>51</v>
       </c>
       <c r="D682" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E682" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F682" t="s">
-        <v>1543</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683" t="s">
-        <v>357</v>
+        <v>1542</v>
       </c>
       <c r="B683" t="s">
         <v>1412</v>
       </c>
       <c r="C683" t="s">
         <v>51</v>
       </c>
       <c r="D683" t="s">
-        <v>968</v>
+        <v>195</v>
       </c>
       <c r="E683" t="s">
-        <v>969</v>
+        <v>196</v>
       </c>
       <c r="F683" t="s">
-        <v>1544</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B684" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C684" t="s">
+        <v>51</v>
+      </c>
+      <c r="D684" t="s">
+        <v>326</v>
+      </c>
+      <c r="E684" t="s">
+        <v>327</v>
+      </c>
+      <c r="F684" t="s">
         <v>1545</v>
-      </c>
-[...13 lines deleted...]
-        <v>1546</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="B685" t="s">
         <v>1412</v>
       </c>
       <c r="C685" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D685" t="s">
-        <v>195</v>
+        <v>19</v>
       </c>
       <c r="E685" t="s">
-        <v>196</v>
+        <v>20</v>
       </c>
       <c r="F685" t="s">
-        <v>1548</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686" t="s">
-        <v>1549</v>
+        <v>221</v>
       </c>
       <c r="B686" t="s">
         <v>1412</v>
       </c>
       <c r="C686" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D686" t="s">
-        <v>326</v>
+        <v>247</v>
       </c>
       <c r="E686" t="s">
-        <v>327</v>
+        <v>248</v>
       </c>
       <c r="F686" t="s">
-        <v>1550</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="B687" t="s">
         <v>1412</v>
       </c>
       <c r="C687" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="D687" t="s">
-        <v>247</v>
+        <v>968</v>
       </c>
       <c r="E687" t="s">
-        <v>248</v>
+        <v>969</v>
       </c>
       <c r="F687" t="s">
-        <v>1551</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688" t="s">
-        <v>414</v>
+        <v>1549</v>
       </c>
       <c r="B688" t="s">
         <v>1412</v>
       </c>
       <c r="C688" t="s">
         <v>55</v>
       </c>
       <c r="D688" t="s">
-        <v>968</v>
+        <v>243</v>
       </c>
       <c r="E688" t="s">
-        <v>969</v>
+        <v>244</v>
       </c>
       <c r="F688" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689" t="s">
-        <v>1553</v>
+        <v>1551</v>
       </c>
       <c r="B689" t="s">
         <v>1412</v>
       </c>
       <c r="C689" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D689" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E689" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F689" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="B690" t="s">
         <v>1412</v>
       </c>
       <c r="C690" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D690" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E690" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F690" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691" t="s">
-        <v>1557</v>
+        <v>381</v>
       </c>
       <c r="B691" t="s">
         <v>1412</v>
       </c>
       <c r="C691" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D691" t="s">
-        <v>326</v>
+        <v>247</v>
       </c>
       <c r="E691" t="s">
-        <v>327</v>
+        <v>248</v>
       </c>
       <c r="F691" t="s">
-        <v>1558</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692" t="s">
-        <v>417</v>
+        <v>414</v>
       </c>
       <c r="B692" t="s">
         <v>1412</v>
       </c>
       <c r="C692" t="s">
-        <v>176</v>
+        <v>55</v>
       </c>
       <c r="D692" t="s">
         <v>968</v>
       </c>
       <c r="E692" t="s">
         <v>969</v>
       </c>
       <c r="F692" t="s">
-        <v>1559</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693" t="s">
-        <v>820</v>
+        <v>1557</v>
       </c>
       <c r="B693" t="s">
         <v>1412</v>
       </c>
       <c r="C693" t="s">
         <v>176</v>
       </c>
       <c r="D693" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="E693" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="F693" t="s">
-        <v>1560</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694" t="s">
-        <v>1561</v>
+        <v>1559</v>
       </c>
       <c r="B694" t="s">
         <v>1412</v>
       </c>
       <c r="C694" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D694" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E694" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F694" t="s">
-        <v>1562</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695" t="s">
-        <v>121</v>
+        <v>1561</v>
       </c>
       <c r="B695" t="s">
         <v>1412</v>
       </c>
       <c r="C695" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D695" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E695" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F695" t="s">
-        <v>1563</v>
+        <v>1562</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696" t="s">
-        <v>1564</v>
+        <v>417</v>
       </c>
       <c r="B696" t="s">
         <v>1412</v>
       </c>
       <c r="C696" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D696" t="s">
-        <v>326</v>
+        <v>968</v>
       </c>
       <c r="E696" t="s">
-        <v>327</v>
+        <v>969</v>
       </c>
       <c r="F696" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697" t="s">
-        <v>1566</v>
+        <v>820</v>
       </c>
       <c r="B697" t="s">
         <v>1412</v>
       </c>
       <c r="C697" t="s">
-        <v>81</v>
+        <v>176</v>
       </c>
       <c r="D697" t="s">
-        <v>129</v>
+        <v>247</v>
       </c>
       <c r="E697" t="s">
-        <v>130</v>
+        <v>248</v>
       </c>
       <c r="F697" t="s">
-        <v>1567</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698" t="s">
-        <v>420</v>
+        <v>1565</v>
       </c>
       <c r="B698" t="s">
         <v>1412</v>
       </c>
       <c r="C698" t="s">
         <v>81</v>
       </c>
       <c r="D698" t="s">
-        <v>968</v>
+        <v>243</v>
       </c>
       <c r="E698" t="s">
-        <v>969</v>
+        <v>244</v>
       </c>
       <c r="F698" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699" t="s">
-        <v>817</v>
+        <v>121</v>
       </c>
       <c r="B699" t="s">
         <v>1412</v>
       </c>
       <c r="C699" t="s">
         <v>81</v>
       </c>
       <c r="D699" t="s">
-        <v>247</v>
+        <v>195</v>
       </c>
       <c r="E699" t="s">
-        <v>248</v>
+        <v>196</v>
       </c>
       <c r="F699" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="B700" t="s">
         <v>1412</v>
       </c>
       <c r="C700" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D700" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E700" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F700" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="B701" t="s">
         <v>1412</v>
       </c>
       <c r="C701" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D701" t="s">
-        <v>195</v>
+        <v>129</v>
       </c>
       <c r="E701" t="s">
-        <v>196</v>
+        <v>130</v>
       </c>
       <c r="F701" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702" t="s">
-        <v>1574</v>
+        <v>420</v>
       </c>
       <c r="B702" t="s">
         <v>1412</v>
       </c>
       <c r="C702" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D702" t="s">
-        <v>326</v>
+        <v>968</v>
       </c>
       <c r="E702" t="s">
-        <v>327</v>
+        <v>969</v>
       </c>
       <c r="F702" t="s">
-        <v>1575</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703" t="s">
-        <v>219</v>
+        <v>817</v>
       </c>
       <c r="B703" t="s">
         <v>1412</v>
       </c>
       <c r="C703" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D703" t="s">
-        <v>129</v>
+        <v>247</v>
       </c>
       <c r="E703" t="s">
-        <v>130</v>
+        <v>248</v>
       </c>
       <c r="F703" t="s">
-        <v>1576</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704" t="s">
-        <v>1577</v>
+        <v>1574</v>
       </c>
       <c r="B704" t="s">
         <v>1412</v>
       </c>
       <c r="C704" t="s">
         <v>85</v>
       </c>
       <c r="D704" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="E704" t="s">
-        <v>512</v>
+        <v>244</v>
       </c>
       <c r="F704" t="s">
-        <v>1578</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705" t="s">
-        <v>423</v>
+        <v>1576</v>
       </c>
       <c r="B705" t="s">
         <v>1412</v>
       </c>
       <c r="C705" t="s">
         <v>85</v>
       </c>
       <c r="D705" t="s">
-        <v>968</v>
+        <v>195</v>
       </c>
       <c r="E705" t="s">
-        <v>969</v>
+        <v>196</v>
       </c>
       <c r="F705" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="B706" t="s">
         <v>1412</v>
       </c>
       <c r="C706" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D706" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E706" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F706" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707" t="s">
-        <v>1582</v>
+        <v>219</v>
       </c>
       <c r="B707" t="s">
         <v>1412</v>
       </c>
       <c r="C707" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D707" t="s">
-        <v>195</v>
+        <v>129</v>
       </c>
       <c r="E707" t="s">
-        <v>196</v>
+        <v>130</v>
       </c>
       <c r="F707" t="s">
-        <v>1583</v>
+        <v>1580</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708" t="s">
-        <v>1584</v>
+        <v>1581</v>
       </c>
       <c r="B708" t="s">
         <v>1412</v>
       </c>
       <c r="C708" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D708" t="s">
-        <v>326</v>
+        <v>511</v>
       </c>
       <c r="E708" t="s">
-        <v>327</v>
+        <v>512</v>
       </c>
       <c r="F708" t="s">
-        <v>1585</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709" t="s">
-        <v>1586</v>
+        <v>423</v>
       </c>
       <c r="B709" t="s">
         <v>1412</v>
       </c>
       <c r="C709" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="D709" t="s">
-        <v>129</v>
+        <v>968</v>
       </c>
       <c r="E709" t="s">
-        <v>130</v>
+        <v>969</v>
       </c>
       <c r="F709" t="s">
-        <v>1587</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710" t="s">
-        <v>1588</v>
+        <v>1584</v>
       </c>
       <c r="B710" t="s">
         <v>1412</v>
       </c>
       <c r="C710" t="s">
         <v>98</v>
       </c>
       <c r="D710" t="s">
-        <v>511</v>
+        <v>243</v>
       </c>
       <c r="E710" t="s">
-        <v>512</v>
+        <v>244</v>
       </c>
       <c r="F710" t="s">
-        <v>1589</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
       <c r="B711" t="s">
         <v>1412</v>
       </c>
       <c r="C711" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D711" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E711" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F711" t="s">
-        <v>1591</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712" t="s">
-        <v>1592</v>
+        <v>1588</v>
       </c>
       <c r="B712" t="s">
         <v>1412</v>
       </c>
       <c r="C712" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D712" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E712" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F712" t="s">
-        <v>1593</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713" t="s">
-        <v>1594</v>
+        <v>1590</v>
       </c>
       <c r="B713" t="s">
         <v>1412</v>
       </c>
       <c r="C713" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D713" t="s">
-        <v>326</v>
+        <v>129</v>
       </c>
       <c r="E713" t="s">
-        <v>327</v>
+        <v>130</v>
       </c>
       <c r="F713" t="s">
-        <v>1595</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714" t="s">
-        <v>1596</v>
+        <v>1592</v>
       </c>
       <c r="B714" t="s">
         <v>1412</v>
       </c>
       <c r="C714" t="s">
-        <v>120</v>
+        <v>98</v>
       </c>
       <c r="D714" t="s">
         <v>511</v>
       </c>
       <c r="E714" t="s">
         <v>512</v>
       </c>
       <c r="F714" t="s">
-        <v>1597</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
       <c r="B715" t="s">
         <v>1412</v>
       </c>
       <c r="C715" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D715" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E715" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F715" t="s">
-        <v>1599</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716" t="s">
-        <v>1600</v>
+        <v>1596</v>
       </c>
       <c r="B716" t="s">
         <v>1412</v>
       </c>
       <c r="C716" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D716" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E716" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F716" t="s">
-        <v>1601</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
       <c r="B717" t="s">
         <v>1412</v>
       </c>
       <c r="C717" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D717" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E717" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F717" t="s">
-        <v>1603</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718" t="s">
-        <v>330</v>
+        <v>1600</v>
       </c>
       <c r="B718" t="s">
         <v>1412</v>
       </c>
       <c r="C718" t="s">
-        <v>185</v>
+        <v>120</v>
       </c>
       <c r="D718" t="s">
-        <v>129</v>
+        <v>511</v>
       </c>
       <c r="E718" t="s">
-        <v>130</v>
+        <v>512</v>
       </c>
       <c r="F718" t="s">
-        <v>1604</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719" t="s">
-        <v>461</v>
+        <v>1602</v>
       </c>
       <c r="B719" t="s">
         <v>1412</v>
       </c>
       <c r="C719" t="s">
         <v>185</v>
       </c>
       <c r="D719" t="s">
-        <v>511</v>
+        <v>195</v>
       </c>
       <c r="E719" t="s">
-        <v>512</v>
+        <v>196</v>
       </c>
       <c r="F719" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="B720" t="s">
         <v>1412</v>
       </c>
       <c r="C720" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D720" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E720" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F720" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="B721" t="s">
         <v>1412</v>
       </c>
       <c r="C721" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D721" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E721" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F721" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722" t="s">
-        <v>1610</v>
+        <v>330</v>
       </c>
       <c r="B722" t="s">
         <v>1412</v>
       </c>
       <c r="C722" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D722" t="s">
-        <v>326</v>
+        <v>129</v>
       </c>
       <c r="E722" t="s">
-        <v>327</v>
+        <v>130</v>
       </c>
       <c r="F722" t="s">
-        <v>1611</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723" t="s">
-        <v>464</v>
+        <v>461</v>
       </c>
       <c r="B723" t="s">
         <v>1412</v>
       </c>
       <c r="C723" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D723" t="s">
         <v>511</v>
       </c>
       <c r="E723" t="s">
         <v>512</v>
       </c>
       <c r="F723" t="s">
-        <v>1477</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
       <c r="B724" t="s">
         <v>1412</v>
       </c>
       <c r="C724" t="s">
-        <v>323</v>
+        <v>188</v>
       </c>
       <c r="D724" t="s">
         <v>243</v>
       </c>
       <c r="E724" t="s">
         <v>244</v>
       </c>
       <c r="F724" t="s">
-        <v>1613</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
       <c r="B725" t="s">
         <v>1412</v>
       </c>
       <c r="C725" t="s">
-        <v>323</v>
+        <v>188</v>
       </c>
       <c r="D725" t="s">
         <v>195</v>
       </c>
       <c r="E725" t="s">
         <v>196</v>
       </c>
       <c r="F725" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="B726" t="s">
         <v>1412</v>
       </c>
       <c r="C726" t="s">
-        <v>323</v>
+        <v>188</v>
       </c>
       <c r="D726" t="s">
         <v>326</v>
       </c>
       <c r="E726" t="s">
         <v>327</v>
       </c>
       <c r="F726" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="B727" t="s">
         <v>1412</v>
       </c>
       <c r="C727" t="s">
-        <v>323</v>
+        <v>188</v>
       </c>
       <c r="D727" t="s">
         <v>511</v>
       </c>
       <c r="E727" t="s">
         <v>512</v>
       </c>
       <c r="F727" t="s">
-        <v>1516</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="B728" t="s">
         <v>1412</v>
       </c>
       <c r="C728" t="s">
-        <v>484</v>
+        <v>323</v>
       </c>
       <c r="D728" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E728" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F728" t="s">
-        <v>1619</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729" t="s">
-        <v>1620</v>
+        <v>1618</v>
       </c>
       <c r="B729" t="s">
         <v>1412</v>
       </c>
       <c r="C729" t="s">
-        <v>484</v>
+        <v>323</v>
       </c>
       <c r="D729" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E729" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F729" t="s">
-        <v>1621</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730" t="s">
-        <v>1622</v>
+        <v>1620</v>
       </c>
       <c r="B730" t="s">
         <v>1412</v>
       </c>
       <c r="C730" t="s">
-        <v>484</v>
+        <v>323</v>
       </c>
       <c r="D730" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E730" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F730" t="s">
-        <v>1623</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="B731" t="s">
         <v>1412</v>
       </c>
       <c r="C731" t="s">
-        <v>484</v>
+        <v>323</v>
       </c>
       <c r="D731" t="s">
         <v>511</v>
       </c>
       <c r="E731" t="s">
         <v>512</v>
       </c>
       <c r="F731" t="s">
-        <v>1624</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732" t="s">
-        <v>1625</v>
+        <v>1622</v>
       </c>
       <c r="B732" t="s">
         <v>1412</v>
       </c>
       <c r="C732" t="s">
-        <v>528</v>
+        <v>484</v>
       </c>
       <c r="D732" t="s">
         <v>195</v>
       </c>
       <c r="E732" t="s">
         <v>196</v>
       </c>
       <c r="F732" t="s">
-        <v>1626</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733" t="s">
-        <v>1627</v>
+        <v>1624</v>
       </c>
       <c r="B733" t="s">
         <v>1412</v>
       </c>
       <c r="C733" t="s">
-        <v>528</v>
+        <v>484</v>
       </c>
       <c r="D733" t="s">
         <v>326</v>
       </c>
       <c r="E733" t="s">
         <v>327</v>
       </c>
       <c r="F733" t="s">
-        <v>1628</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734" t="s">
-        <v>1629</v>
+        <v>1626</v>
       </c>
       <c r="B734" t="s">
         <v>1412</v>
       </c>
       <c r="C734" t="s">
-        <v>528</v>
+        <v>484</v>
       </c>
       <c r="D734" t="s">
         <v>243</v>
       </c>
       <c r="E734" t="s">
         <v>244</v>
       </c>
       <c r="F734" t="s">
-        <v>1630</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735" t="s">
-        <v>784</v>
+        <v>473</v>
       </c>
       <c r="B735" t="s">
         <v>1412</v>
       </c>
       <c r="C735" t="s">
-        <v>528</v>
+        <v>484</v>
       </c>
       <c r="D735" t="s">
         <v>511</v>
       </c>
       <c r="E735" t="s">
         <v>512</v>
       </c>
       <c r="F735" t="s">
-        <v>1578</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="B736" t="s">
         <v>1412</v>
       </c>
       <c r="C736" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="D736" t="s">
         <v>195</v>
       </c>
       <c r="E736" t="s">
         <v>196</v>
       </c>
       <c r="F736" t="s">
-        <v>1632</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737" t="s">
-        <v>1633</v>
+        <v>1631</v>
       </c>
       <c r="B737" t="s">
         <v>1412</v>
       </c>
       <c r="C737" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="D737" t="s">
         <v>326</v>
       </c>
       <c r="E737" t="s">
         <v>327</v>
       </c>
       <c r="F737" t="s">
-        <v>1634</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="B738" t="s">
         <v>1412</v>
       </c>
       <c r="C738" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="D738" t="s">
         <v>243</v>
       </c>
       <c r="E738" t="s">
         <v>244</v>
       </c>
       <c r="F738" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="B739" t="s">
         <v>1412</v>
       </c>
       <c r="C739" t="s">
-        <v>550</v>
+        <v>528</v>
       </c>
       <c r="D739" t="s">
         <v>511</v>
       </c>
       <c r="E739" t="s">
         <v>512</v>
       </c>
       <c r="F739" t="s">
-        <v>1637</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740" t="s">
-        <v>1638</v>
+        <v>1635</v>
       </c>
       <c r="B740" t="s">
         <v>1412</v>
       </c>
       <c r="C740" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="D740" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E740" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F740" t="s">
-        <v>1639</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741" t="s">
-        <v>1640</v>
+        <v>1637</v>
       </c>
       <c r="B741" t="s">
         <v>1412</v>
       </c>
       <c r="C741" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="D741" t="s">
         <v>326</v>
       </c>
       <c r="E741" t="s">
         <v>327</v>
       </c>
       <c r="F741" t="s">
-        <v>1641</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742" t="s">
-        <v>1642</v>
+        <v>1639</v>
       </c>
       <c r="B742" t="s">
         <v>1412</v>
       </c>
       <c r="C742" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="D742" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E742" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F742" t="s">
-        <v>1643</v>
+        <v>1640</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743" t="s">
-        <v>788</v>
+        <v>786</v>
       </c>
       <c r="B743" t="s">
         <v>1412</v>
       </c>
       <c r="C743" t="s">
-        <v>564</v>
+        <v>550</v>
       </c>
       <c r="D743" t="s">
         <v>511</v>
       </c>
       <c r="E743" t="s">
         <v>512</v>
       </c>
       <c r="F743" t="s">
-        <v>1644</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744" t="s">
-        <v>1645</v>
+        <v>1642</v>
       </c>
       <c r="B744" t="s">
         <v>1412</v>
       </c>
       <c r="C744" t="s">
-        <v>486</v>
+        <v>564</v>
       </c>
       <c r="D744" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E744" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F744" t="s">
-        <v>1617</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745" t="s">
-        <v>1646</v>
+        <v>1644</v>
       </c>
       <c r="B745" t="s">
         <v>1412</v>
       </c>
       <c r="C745" t="s">
-        <v>486</v>
+        <v>564</v>
       </c>
       <c r="D745" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E745" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F745" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746" t="s">
-        <v>1648</v>
+        <v>1646</v>
       </c>
       <c r="B746" t="s">
         <v>1412</v>
       </c>
       <c r="C746" t="s">
-        <v>486</v>
+        <v>564</v>
       </c>
       <c r="D746" t="s">
         <v>195</v>
       </c>
       <c r="E746" t="s">
         <v>196</v>
       </c>
       <c r="F746" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747" t="s">
-        <v>1650</v>
+        <v>788</v>
       </c>
       <c r="B747" t="s">
         <v>1412</v>
       </c>
       <c r="C747" t="s">
-        <v>530</v>
+        <v>564</v>
       </c>
       <c r="D747" t="s">
-        <v>326</v>
+        <v>511</v>
       </c>
       <c r="E747" t="s">
-        <v>327</v>
+        <v>512</v>
       </c>
       <c r="F747" t="s">
-        <v>1651</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748" t="s">
-        <v>1652</v>
+        <v>1649</v>
       </c>
       <c r="B748" t="s">
         <v>1412</v>
       </c>
       <c r="C748" t="s">
-        <v>530</v>
+        <v>486</v>
       </c>
       <c r="D748" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E748" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F748" t="s">
-        <v>1653</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
       <c r="B749" t="s">
         <v>1412</v>
       </c>
       <c r="C749" t="s">
-        <v>530</v>
+        <v>486</v>
       </c>
       <c r="D749" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E749" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F749" t="s">
-        <v>1655</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750" t="s">
-        <v>1656</v>
+        <v>1652</v>
       </c>
       <c r="B750" t="s">
         <v>1412</v>
       </c>
       <c r="C750" t="s">
-        <v>552</v>
+        <v>486</v>
       </c>
       <c r="D750" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E750" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F750" t="s">
-        <v>1657</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751" t="s">
-        <v>1658</v>
+        <v>1654</v>
       </c>
       <c r="B751" t="s">
         <v>1412</v>
       </c>
       <c r="C751" t="s">
-        <v>552</v>
+        <v>530</v>
       </c>
       <c r="D751" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E751" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F751" t="s">
-        <v>1659</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752" t="s">
-        <v>1660</v>
+        <v>1656</v>
       </c>
       <c r="B752" t="s">
         <v>1412</v>
       </c>
       <c r="C752" t="s">
-        <v>552</v>
+        <v>530</v>
       </c>
       <c r="D752" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E752" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F752" t="s">
-        <v>1661</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
       <c r="B753" t="s">
         <v>1412</v>
       </c>
       <c r="C753" t="s">
-        <v>675</v>
+        <v>530</v>
       </c>
       <c r="D753" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E753" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F753" t="s">
-        <v>1663</v>
+        <v>1659</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754" t="s">
-        <v>1664</v>
+        <v>1660</v>
       </c>
       <c r="B754" t="s">
         <v>1412</v>
       </c>
       <c r="C754" t="s">
-        <v>675</v>
+        <v>552</v>
       </c>
       <c r="D754" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E754" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F754" t="s">
-        <v>1665</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755" t="s">
-        <v>342</v>
+        <v>1662</v>
       </c>
       <c r="B755" t="s">
         <v>1412</v>
       </c>
       <c r="C755" t="s">
-        <v>675</v>
+        <v>552</v>
       </c>
       <c r="D755" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E755" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F755" t="s">
-        <v>1666</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756" t="s">
-        <v>1667</v>
+        <v>1664</v>
       </c>
       <c r="B756" t="s">
         <v>1412</v>
       </c>
       <c r="C756" t="s">
-        <v>488</v>
+        <v>552</v>
       </c>
       <c r="D756" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E756" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F756" t="s">
-        <v>1668</v>
+        <v>1665</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757" t="s">
-        <v>1669</v>
+        <v>1666</v>
       </c>
       <c r="B757" t="s">
         <v>1412</v>
       </c>
       <c r="C757" t="s">
-        <v>488</v>
+        <v>675</v>
       </c>
       <c r="D757" t="s">
         <v>326</v>
       </c>
       <c r="E757" t="s">
         <v>327</v>
       </c>
       <c r="F757" t="s">
-        <v>1670</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758" t="s">
-        <v>354</v>
+        <v>1668</v>
       </c>
       <c r="B758" t="s">
         <v>1412</v>
       </c>
       <c r="C758" t="s">
-        <v>488</v>
+        <v>675</v>
       </c>
       <c r="D758" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E758" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F758" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759" t="s">
-        <v>325</v>
+        <v>342</v>
       </c>
       <c r="B759" t="s">
         <v>1412</v>
       </c>
       <c r="C759" t="s">
-        <v>532</v>
+        <v>675</v>
       </c>
       <c r="D759" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E759" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F759" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760" t="s">
-        <v>333</v>
+        <v>1283</v>
       </c>
       <c r="B760" t="s">
         <v>1412</v>
       </c>
       <c r="C760" t="s">
-        <v>532</v>
+        <v>675</v>
       </c>
       <c r="D760" t="s">
-        <v>243</v>
+        <v>129</v>
       </c>
       <c r="E760" t="s">
-        <v>244</v>
+        <v>130</v>
       </c>
       <c r="F760" t="s">
-        <v>1673</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761" t="s">
-        <v>366</v>
+        <v>1671</v>
       </c>
       <c r="B761" t="s">
         <v>1412</v>
       </c>
       <c r="C761" t="s">
-        <v>532</v>
+        <v>488</v>
       </c>
       <c r="D761" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E761" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F761" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762" t="s">
-        <v>339</v>
+        <v>1673</v>
       </c>
       <c r="B762" t="s">
         <v>1412</v>
       </c>
       <c r="C762" t="s">
-        <v>688</v>
+        <v>488</v>
       </c>
       <c r="D762" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E762" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F762" t="s">
-        <v>1675</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763" t="s">
-        <v>363</v>
+        <v>354</v>
       </c>
       <c r="B763" t="s">
         <v>1412</v>
       </c>
       <c r="C763" t="s">
-        <v>688</v>
+        <v>488</v>
       </c>
       <c r="D763" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E763" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F763" t="s">
-        <v>1676</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764" t="s">
-        <v>372</v>
+        <v>325</v>
       </c>
       <c r="B764" t="s">
         <v>1412</v>
       </c>
       <c r="C764" t="s">
-        <v>688</v>
+        <v>532</v>
       </c>
       <c r="D764" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E764" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F764" t="s">
-        <v>1677</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765" t="s">
-        <v>351</v>
+        <v>333</v>
       </c>
       <c r="B765" t="s">
         <v>1412</v>
       </c>
       <c r="C765" t="s">
-        <v>693</v>
+        <v>532</v>
       </c>
       <c r="D765" t="s">
         <v>243</v>
       </c>
       <c r="E765" t="s">
         <v>244</v>
       </c>
       <c r="F765" t="s">
-        <v>1678</v>
+        <v>1677</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766" t="s">
-        <v>369</v>
+        <v>366</v>
       </c>
       <c r="B766" t="s">
         <v>1412</v>
       </c>
       <c r="C766" t="s">
-        <v>693</v>
+        <v>532</v>
       </c>
       <c r="D766" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E766" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F766" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767" t="s">
-        <v>375</v>
+        <v>339</v>
       </c>
       <c r="B767" t="s">
         <v>1412</v>
       </c>
       <c r="C767" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="D767" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E767" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F767" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B768" t="s">
         <v>1412</v>
       </c>
       <c r="C768" t="s">
-        <v>566</v>
+        <v>688</v>
       </c>
       <c r="D768" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E768" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F768" t="s">
-        <v>1681</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="B769" t="s">
         <v>1412</v>
       </c>
       <c r="C769" t="s">
-        <v>566</v>
+        <v>688</v>
       </c>
       <c r="D769" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E769" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F769" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770" t="s">
-        <v>387</v>
+        <v>351</v>
       </c>
       <c r="B770" t="s">
         <v>1412</v>
       </c>
       <c r="C770" t="s">
-        <v>566</v>
+        <v>693</v>
       </c>
       <c r="D770" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E770" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F770" t="s">
-        <v>1683</v>
+        <v>1682</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771" t="s">
-        <v>384</v>
+        <v>369</v>
       </c>
       <c r="B771" t="s">
         <v>1412</v>
       </c>
       <c r="C771" t="s">
-        <v>490</v>
+        <v>693</v>
       </c>
       <c r="D771" t="s">
         <v>326</v>
       </c>
       <c r="E771" t="s">
         <v>327</v>
       </c>
       <c r="F771" t="s">
-        <v>1684</v>
+        <v>1683</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772" t="s">
-        <v>390</v>
+        <v>375</v>
       </c>
       <c r="B772" t="s">
         <v>1412</v>
       </c>
       <c r="C772" t="s">
-        <v>490</v>
+        <v>693</v>
       </c>
       <c r="D772" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E772" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F772" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773" t="s">
-        <v>393</v>
+        <v>360</v>
       </c>
       <c r="B773" t="s">
         <v>1412</v>
       </c>
       <c r="C773" t="s">
-        <v>490</v>
+        <v>566</v>
       </c>
       <c r="D773" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E773" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F773" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="B774" t="s">
         <v>1412</v>
       </c>
       <c r="C774" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="D774" t="s">
         <v>326</v>
       </c>
       <c r="E774" t="s">
         <v>327</v>
       </c>
       <c r="F774" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775" t="s">
-        <v>399</v>
+        <v>387</v>
       </c>
       <c r="B775" t="s">
         <v>1412</v>
       </c>
       <c r="C775" t="s">
-        <v>578</v>
+        <v>566</v>
       </c>
       <c r="D775" t="s">
         <v>195</v>
       </c>
       <c r="E775" t="s">
         <v>196</v>
       </c>
       <c r="F775" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776" t="s">
-        <v>429</v>
+        <v>384</v>
       </c>
       <c r="B776" t="s">
         <v>1412</v>
       </c>
       <c r="C776" t="s">
-        <v>578</v>
+        <v>490</v>
       </c>
       <c r="D776" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E776" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F776" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777" t="s">
-        <v>402</v>
+        <v>390</v>
       </c>
       <c r="B777" t="s">
         <v>1412</v>
       </c>
       <c r="C777" t="s">
-        <v>710</v>
+        <v>490</v>
       </c>
       <c r="D777" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E777" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F777" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778" t="s">
-        <v>426</v>
+        <v>393</v>
       </c>
       <c r="B778" t="s">
         <v>1412</v>
       </c>
       <c r="C778" t="s">
-        <v>710</v>
+        <v>490</v>
       </c>
       <c r="D778" t="s">
         <v>195</v>
       </c>
       <c r="E778" t="s">
         <v>196</v>
       </c>
       <c r="F778" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779" t="s">
-        <v>432</v>
+        <v>396</v>
       </c>
       <c r="B779" t="s">
         <v>1412</v>
       </c>
       <c r="C779" t="s">
-        <v>710</v>
+        <v>578</v>
       </c>
       <c r="D779" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E779" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F779" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780" t="s">
-        <v>441</v>
+        <v>399</v>
       </c>
       <c r="B780" t="s">
         <v>1412</v>
       </c>
       <c r="C780" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
       <c r="D780" t="s">
         <v>195</v>
       </c>
       <c r="E780" t="s">
         <v>196</v>
       </c>
       <c r="F780" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="B781" t="s">
         <v>1412</v>
       </c>
       <c r="C781" t="s">
-        <v>534</v>
+        <v>578</v>
       </c>
       <c r="D781" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E781" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F781" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782" t="s">
-        <v>446</v>
+        <v>402</v>
       </c>
       <c r="B782" t="s">
         <v>1412</v>
       </c>
       <c r="C782" t="s">
-        <v>534</v>
+        <v>710</v>
       </c>
       <c r="D782" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E782" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F782" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783" t="s">
-        <v>449</v>
+        <v>426</v>
       </c>
       <c r="B783" t="s">
         <v>1412</v>
       </c>
       <c r="C783" t="s">
-        <v>580</v>
+        <v>710</v>
       </c>
       <c r="D783" t="s">
         <v>195</v>
       </c>
       <c r="E783" t="s">
         <v>196</v>
       </c>
       <c r="F783" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784" t="s">
-        <v>455</v>
+        <v>432</v>
       </c>
       <c r="B784" t="s">
         <v>1412</v>
       </c>
       <c r="C784" t="s">
-        <v>580</v>
+        <v>710</v>
       </c>
       <c r="D784" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E784" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F784" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785" t="s">
-        <v>792</v>
+        <v>441</v>
       </c>
       <c r="B785" t="s">
         <v>1412</v>
       </c>
       <c r="C785" t="s">
-        <v>580</v>
+        <v>534</v>
       </c>
       <c r="D785" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E785" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F785" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786" t="s">
-        <v>452</v>
+        <v>443</v>
       </c>
       <c r="B786" t="s">
         <v>1412</v>
       </c>
       <c r="C786" t="s">
-        <v>588</v>
+        <v>534</v>
       </c>
       <c r="D786" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E786" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F786" t="s">
-        <v>1699</v>
+        <v>1698</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787" t="s">
-        <v>811</v>
+        <v>446</v>
       </c>
       <c r="B787" t="s">
         <v>1412</v>
       </c>
       <c r="C787" t="s">
-        <v>588</v>
+        <v>534</v>
       </c>
       <c r="D787" t="s">
         <v>243</v>
       </c>
       <c r="E787" t="s">
         <v>244</v>
       </c>
       <c r="F787" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788" t="s">
-        <v>796</v>
+        <v>449</v>
       </c>
       <c r="B788" t="s">
         <v>1412</v>
       </c>
       <c r="C788" t="s">
-        <v>536</v>
+        <v>580</v>
       </c>
       <c r="D788" t="s">
         <v>195</v>
       </c>
       <c r="E788" t="s">
         <v>196</v>
       </c>
       <c r="F788" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789" t="s">
-        <v>808</v>
+        <v>455</v>
       </c>
       <c r="B789" t="s">
         <v>1412</v>
       </c>
       <c r="C789" t="s">
-        <v>536</v>
+        <v>580</v>
       </c>
       <c r="D789" t="s">
         <v>326</v>
       </c>
       <c r="E789" t="s">
         <v>327</v>
       </c>
       <c r="F789" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790" t="s">
-        <v>850</v>
+        <v>792</v>
       </c>
       <c r="B790" t="s">
         <v>1412</v>
       </c>
       <c r="C790" t="s">
-        <v>536</v>
+        <v>580</v>
       </c>
       <c r="D790" t="s">
         <v>243</v>
       </c>
       <c r="E790" t="s">
         <v>244</v>
       </c>
       <c r="F790" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791" t="s">
-        <v>805</v>
+        <v>452</v>
       </c>
       <c r="B791" t="s">
         <v>1412</v>
       </c>
       <c r="C791" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="D791" t="s">
         <v>195</v>
       </c>
       <c r="E791" t="s">
         <v>196</v>
       </c>
       <c r="F791" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792" t="s">
-        <v>829</v>
+        <v>811</v>
       </c>
       <c r="B792" t="s">
         <v>1412</v>
       </c>
       <c r="C792" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="D792" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E792" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F792" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793" t="s">
-        <v>853</v>
+        <v>796</v>
       </c>
       <c r="B793" t="s">
         <v>1412</v>
       </c>
       <c r="C793" t="s">
-        <v>590</v>
+        <v>536</v>
       </c>
       <c r="D793" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E793" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F793" t="s">
-        <v>1706</v>
+        <v>1705</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794" t="s">
-        <v>814</v>
+        <v>808</v>
       </c>
       <c r="B794" t="s">
         <v>1412</v>
       </c>
       <c r="C794" t="s">
-        <v>735</v>
+        <v>536</v>
       </c>
       <c r="D794" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E794" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F794" t="s">
-        <v>1707</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795" t="s">
-        <v>832</v>
+        <v>850</v>
       </c>
       <c r="B795" t="s">
         <v>1412</v>
       </c>
       <c r="C795" t="s">
-        <v>735</v>
+        <v>536</v>
       </c>
       <c r="D795" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E795" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F795" t="s">
-        <v>1708</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796" t="s">
-        <v>856</v>
+        <v>805</v>
       </c>
       <c r="B796" t="s">
         <v>1412</v>
       </c>
       <c r="C796" t="s">
-        <v>735</v>
+        <v>590</v>
       </c>
       <c r="D796" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E796" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F796" t="s">
-        <v>1709</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797" t="s">
-        <v>835</v>
+        <v>829</v>
       </c>
       <c r="B797" t="s">
         <v>1412</v>
       </c>
       <c r="C797" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="D797" t="s">
         <v>326</v>
       </c>
       <c r="E797" t="s">
         <v>327</v>
       </c>
       <c r="F797" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
       <c r="B798" t="s">
         <v>1412</v>
       </c>
       <c r="C798" t="s">
-        <v>598</v>
+        <v>590</v>
       </c>
       <c r="D798" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E798" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F798" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799" t="s">
-        <v>877</v>
+        <v>814</v>
       </c>
       <c r="B799" t="s">
         <v>1412</v>
       </c>
       <c r="C799" t="s">
-        <v>598</v>
+        <v>735</v>
       </c>
       <c r="D799" t="s">
-        <v>243</v>
+        <v>195</v>
       </c>
       <c r="E799" t="s">
-        <v>244</v>
+        <v>196</v>
       </c>
       <c r="F799" t="s">
-        <v>1712</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800" t="s">
-        <v>838</v>
+        <v>832</v>
       </c>
       <c r="B800" t="s">
         <v>1412</v>
       </c>
       <c r="C800" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="D800" t="s">
         <v>326</v>
       </c>
       <c r="E800" t="s">
         <v>327</v>
       </c>
       <c r="F800" t="s">
-        <v>1713</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801" t="s">
-        <v>862</v>
+        <v>856</v>
       </c>
       <c r="B801" t="s">
         <v>1412</v>
       </c>
       <c r="C801" t="s">
-        <v>744</v>
+        <v>735</v>
       </c>
       <c r="D801" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E801" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F801" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802" t="s">
-        <v>880</v>
+        <v>835</v>
       </c>
       <c r="B802" t="s">
         <v>1412</v>
       </c>
       <c r="C802" t="s">
-        <v>744</v>
+        <v>598</v>
       </c>
       <c r="D802" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E802" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F802" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803" t="s">
-        <v>841</v>
+        <v>859</v>
       </c>
       <c r="B803" t="s">
         <v>1412</v>
       </c>
       <c r="C803" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D803" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E803" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F803" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="B804" t="s">
         <v>1412</v>
       </c>
       <c r="C804" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D804" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E804" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F804" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805" t="s">
-        <v>883</v>
+        <v>838</v>
       </c>
       <c r="B805" t="s">
         <v>1412</v>
       </c>
       <c r="C805" t="s">
-        <v>600</v>
+        <v>744</v>
       </c>
       <c r="D805" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E805" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F805" t="s">
-        <v>1718</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806" t="s">
-        <v>844</v>
+        <v>862</v>
       </c>
       <c r="B806" t="s">
         <v>1412</v>
       </c>
       <c r="C806" t="s">
-        <v>609</v>
+        <v>744</v>
       </c>
       <c r="D806" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E806" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F806" t="s">
-        <v>1719</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="B807" t="s">
         <v>1412</v>
       </c>
       <c r="C807" t="s">
-        <v>609</v>
+        <v>744</v>
       </c>
       <c r="D807" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E807" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F807" t="s">
-        <v>1720</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808" t="s">
-        <v>889</v>
+        <v>841</v>
       </c>
       <c r="B808" t="s">
         <v>1412</v>
       </c>
       <c r="C808" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="D808" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E808" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F808" t="s">
-        <v>1721</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809" t="s">
-        <v>847</v>
+        <v>871</v>
       </c>
       <c r="B809" t="s">
         <v>1412</v>
       </c>
       <c r="C809" t="s">
-        <v>757</v>
+        <v>600</v>
       </c>
       <c r="D809" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E809" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F809" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810" t="s">
-        <v>892</v>
+        <v>883</v>
       </c>
       <c r="B810" t="s">
         <v>1412</v>
       </c>
       <c r="C810" t="s">
-        <v>757</v>
+        <v>600</v>
       </c>
       <c r="D810" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E810" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F810" t="s">
-        <v>1723</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811" t="s">
-        <v>898</v>
+        <v>844</v>
       </c>
       <c r="B811" t="s">
         <v>1412</v>
       </c>
       <c r="C811" t="s">
-        <v>757</v>
+        <v>609</v>
       </c>
       <c r="D811" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E811" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F811" t="s">
-        <v>1724</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812" t="s">
-        <v>865</v>
+        <v>874</v>
       </c>
       <c r="B812" t="s">
         <v>1412</v>
       </c>
       <c r="C812" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D812" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E812" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F812" t="s">
-        <v>1725</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813" t="s">
-        <v>901</v>
+        <v>889</v>
       </c>
       <c r="B813" t="s">
         <v>1412</v>
       </c>
       <c r="C813" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D813" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E813" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F813" t="s">
-        <v>1726</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814" t="s">
-        <v>913</v>
+        <v>847</v>
       </c>
       <c r="B814" t="s">
         <v>1412</v>
       </c>
       <c r="C814" t="s">
-        <v>611</v>
+        <v>757</v>
       </c>
       <c r="D814" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E814" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F814" t="s">
-        <v>1727</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815" t="s">
-        <v>868</v>
+        <v>892</v>
       </c>
       <c r="B815" t="s">
         <v>1412</v>
       </c>
       <c r="C815" t="s">
-        <v>617</v>
+        <v>757</v>
       </c>
       <c r="D815" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E815" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F815" t="s">
-        <v>1728</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816" t="s">
-        <v>910</v>
+        <v>898</v>
       </c>
       <c r="B816" t="s">
         <v>1412</v>
       </c>
       <c r="C816" t="s">
-        <v>617</v>
+        <v>757</v>
       </c>
       <c r="D816" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E816" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F816" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817" t="s">
-        <v>916</v>
+        <v>865</v>
       </c>
       <c r="B817" t="s">
         <v>1412</v>
       </c>
       <c r="C817" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="D817" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E817" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F817" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
       <c r="B818" t="s">
         <v>1412</v>
       </c>
       <c r="C818" t="s">
-        <v>770</v>
+        <v>611</v>
       </c>
       <c r="D818" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E818" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F818" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819" t="s">
-        <v>922</v>
+        <v>913</v>
       </c>
       <c r="B819" t="s">
         <v>1412</v>
       </c>
       <c r="C819" t="s">
-        <v>770</v>
+        <v>611</v>
       </c>
       <c r="D819" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="E819" t="s">
-        <v>196</v>
+        <v>244</v>
       </c>
       <c r="F819" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820" t="s">
-        <v>925</v>
+        <v>868</v>
       </c>
       <c r="B820" t="s">
         <v>1412</v>
       </c>
       <c r="C820" t="s">
-        <v>770</v>
+        <v>617</v>
       </c>
       <c r="D820" t="s">
-        <v>243</v>
+        <v>326</v>
       </c>
       <c r="E820" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="F820" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="B821" t="s">
         <v>1412</v>
       </c>
       <c r="C821" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="D821" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E821" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F821" t="s">
-        <v>1734</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822" t="s">
-        <v>1259</v>
+        <v>916</v>
       </c>
       <c r="B822" t="s">
         <v>1412</v>
       </c>
       <c r="C822" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="D822" t="s">
         <v>243</v>
       </c>
       <c r="E822" t="s">
         <v>244</v>
       </c>
       <c r="F822" t="s">
-        <v>1735</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823" t="s">
-        <v>1271</v>
+        <v>886</v>
       </c>
       <c r="B823" t="s">
         <v>1412</v>
       </c>
       <c r="C823" t="s">
-        <v>619</v>
+        <v>770</v>
       </c>
       <c r="D823" t="s">
-        <v>195</v>
+        <v>326</v>
       </c>
       <c r="E823" t="s">
-        <v>196</v>
+        <v>327</v>
       </c>
       <c r="F823" t="s">
-        <v>1736</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824" t="s">
-        <v>907</v>
+        <v>922</v>
       </c>
       <c r="B824" t="s">
         <v>1412</v>
       </c>
       <c r="C824" t="s">
-        <v>492</v>
+        <v>770</v>
       </c>
       <c r="D824" t="s">
-        <v>326</v>
+        <v>195</v>
       </c>
       <c r="E824" t="s">
-        <v>327</v>
+        <v>196</v>
       </c>
       <c r="F824" t="s">
-        <v>1737</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825" t="s">
-        <v>928</v>
+        <v>925</v>
       </c>
       <c r="B825" t="s">
         <v>1412</v>
       </c>
       <c r="C825" t="s">
-        <v>496</v>
+        <v>770</v>
       </c>
       <c r="D825" t="s">
-        <v>326</v>
+        <v>243</v>
       </c>
       <c r="E825" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="F825" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826" t="s">
-        <v>1274</v>
+        <v>904</v>
       </c>
       <c r="B826" t="s">
         <v>1412</v>
       </c>
       <c r="C826" t="s">
-        <v>1739</v>
+        <v>619</v>
       </c>
       <c r="D826" t="s">
         <v>326</v>
       </c>
       <c r="E826" t="s">
         <v>327</v>
       </c>
       <c r="F826" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="827" spans="1:6">
+      <c r="A827" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B827" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C827" t="s">
+        <v>619</v>
+      </c>
+      <c r="D827" t="s">
+        <v>243</v>
+      </c>
+      <c r="E827" t="s">
+        <v>244</v>
+      </c>
+      <c r="F827" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="828" spans="1:6">
+      <c r="A828" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B828" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C828" t="s">
+        <v>619</v>
+      </c>
+      <c r="D828" t="s">
+        <v>195</v>
+      </c>
+      <c r="E828" t="s">
+        <v>196</v>
+      </c>
+      <c r="F828" t="s">
         <v>1740</v>
+      </c>
+    </row>
+    <row r="829" spans="1:6">
+      <c r="A829" t="s">
+        <v>907</v>
+      </c>
+      <c r="B829" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C829" t="s">
+        <v>492</v>
+      </c>
+      <c r="D829" t="s">
+        <v>326</v>
+      </c>
+      <c r="E829" t="s">
+        <v>327</v>
+      </c>
+      <c r="F829" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="830" spans="1:6">
+      <c r="A830" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B830" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C830" t="s">
+        <v>492</v>
+      </c>
+      <c r="D830" t="s">
+        <v>195</v>
+      </c>
+      <c r="E830" t="s">
+        <v>196</v>
+      </c>
+      <c r="F830" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="831" spans="1:6">
+      <c r="A831" t="s">
+        <v>928</v>
+      </c>
+      <c r="B831" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C831" t="s">
+        <v>496</v>
+      </c>
+      <c r="D831" t="s">
+        <v>326</v>
+      </c>
+      <c r="E831" t="s">
+        <v>327</v>
+      </c>
+      <c r="F831" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="832" spans="1:6">
+      <c r="A832" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B832" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C832" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D832" t="s">
+        <v>326</v>
+      </c>
+      <c r="E832" t="s">
+        <v>327</v>
+      </c>
+      <c r="F832" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="833" spans="1:6">
+      <c r="A833" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B833" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C833" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D833" t="s">
+        <v>82</v>
+      </c>
+      <c r="E833" t="s">
+        <v>83</v>
+      </c>
+      <c r="F833" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="834" spans="1:6">
+      <c r="A834" t="s">
+        <v>1292</v>
+      </c>
+      <c r="B834" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C834" t="s">
+        <v>8</v>
+      </c>
+      <c r="D834" t="s">
+        <v>129</v>
+      </c>
+      <c r="E834" t="s">
+        <v>130</v>
+      </c>
+      <c r="F834" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="835" spans="1:6">
+      <c r="A835" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B835" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C835" t="s">
+        <v>8</v>
+      </c>
+      <c r="D835" t="s">
+        <v>493</v>
+      </c>
+      <c r="E835" t="s">
+        <v>494</v>
+      </c>
+      <c r="F835" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="836" spans="1:6">
+      <c r="A836" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B836" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C836" t="s">
+        <v>8</v>
+      </c>
+      <c r="D836" t="s">
+        <v>497</v>
+      </c>
+      <c r="E836" t="s">
+        <v>498</v>
+      </c>
+      <c r="F836" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="837" spans="1:6">
+      <c r="A837" t="s">
+        <v>1301</v>
+      </c>
+      <c r="B837" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C837" t="s">
+        <v>8</v>
+      </c>
+      <c r="D837" t="s">
+        <v>247</v>
+      </c>
+      <c r="E837" t="s">
+        <v>248</v>
+      </c>
+      <c r="F837" t="s">
+        <v>1752</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>